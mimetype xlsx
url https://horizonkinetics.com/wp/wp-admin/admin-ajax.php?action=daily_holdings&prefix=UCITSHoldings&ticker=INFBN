--- v0 (2025-11-04)
+++ v1 (2026-02-25)
@@ -32,684 +32,684 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="219" uniqueCount="219">
   <si>
     <t>Data as of:</t>
   </si>
   <si>
     <t>% Net Assets</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Ticker</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>Shares Held</t>
   </si>
   <si>
     <t>Market Value</t>
   </si>
   <si>
-    <t>11/04/25</t>
+    <t>02/25/26</t>
   </si>
   <si>
     <t>WHEATON PRECIOUS METALS CORP</t>
   </si>
   <si>
     <t>WPM US</t>
   </si>
   <si>
     <t>BDG1S92</t>
   </si>
   <si>
-    <t>28,062</t>
-[...2 lines deleted...]
-    <t>$2,727,346</t>
+    <t>29,321</t>
+  </si>
+  <si>
+    <t>$4,614,539</t>
+  </si>
+  <si>
+    <t>Cash &amp; Other</t>
+  </si>
+  <si>
+    <t>Cash&amp;Other</t>
+  </si>
+  <si>
+    <t>3,910,125</t>
+  </si>
+  <si>
+    <t>$3,910,125</t>
+  </si>
+  <si>
+    <t>TEXAS PACIFIC LAND CORP</t>
+  </si>
+  <si>
+    <t>TPL US</t>
+  </si>
+  <si>
+    <t>BM99VY2</t>
+  </si>
+  <si>
+    <t>7,023</t>
+  </si>
+  <si>
+    <t>$3,735,885</t>
+  </si>
+  <si>
+    <t>FRANCO-NEVADA CORP</t>
+  </si>
+  <si>
+    <t>FNV US</t>
+  </si>
+  <si>
+    <t>B29VF02</t>
+  </si>
+  <si>
+    <t>11,998</t>
+  </si>
+  <si>
+    <t>$3,279,293</t>
   </si>
   <si>
     <t>LANDBRIDGE CO LLC-A</t>
   </si>
   <si>
     <t>LB US</t>
   </si>
   <si>
     <t>BLD7424</t>
   </si>
   <si>
-    <t>36,060</t>
-[...2 lines deleted...]
-    <t>$2,197,857</t>
+    <t>47,773</t>
+  </si>
+  <si>
+    <t>$3,153,018</t>
+  </si>
+  <si>
+    <t>VIPER ENERGY INC-CL A</t>
+  </si>
+  <si>
+    <t>VNOM US</t>
+  </si>
+  <si>
+    <t>BW0WZZ9</t>
+  </si>
+  <si>
+    <t>59,737</t>
+  </si>
+  <si>
+    <t>$2,717,436</t>
+  </si>
+  <si>
+    <t>OR ROYALTIES INC</t>
+  </si>
+  <si>
+    <t>OR US</t>
+  </si>
+  <si>
+    <t>BPJJWN9</t>
+  </si>
+  <si>
+    <t>59,792</t>
+  </si>
+  <si>
+    <t>$2,716,351</t>
+  </si>
+  <si>
+    <t>CAMECO CORP</t>
+  </si>
+  <si>
+    <t>CCJ US</t>
+  </si>
+  <si>
+    <t>21,995</t>
+  </si>
+  <si>
+    <t>$2,663,155</t>
+  </si>
+  <si>
+    <t>PRAIRIESKY ROYALTY LTD</t>
+  </si>
+  <si>
+    <t>PSK CT</t>
+  </si>
+  <si>
+    <t>BN320L4</t>
+  </si>
+  <si>
+    <t>117,342</t>
+  </si>
+  <si>
+    <t>$2,644,423</t>
   </si>
   <si>
     <t>WATERBRIDGE INFRASTRUC-CL A</t>
   </si>
   <si>
     <t>WBI US</t>
   </si>
   <si>
     <t>BMVFC45</t>
   </si>
   <si>
-    <t>71,052</t>
-[...101 lines deleted...]
-    <t>$1,393,329</t>
+    <t>94,140</t>
+  </si>
+  <si>
+    <t>$2,394,922</t>
+  </si>
+  <si>
+    <t>HAWAIIAN ELECTRIC INDS</t>
+  </si>
+  <si>
+    <t>HE US</t>
+  </si>
+  <si>
+    <t>127,486</t>
+  </si>
+  <si>
+    <t>$1,998,980</t>
   </si>
   <si>
     <t>INTERCONTINENTAL EXCHANGE IN</t>
   </si>
   <si>
     <t>ICE US</t>
   </si>
   <si>
     <t>BFSSDS9</t>
   </si>
   <si>
-    <t>9,560</t>
-[...2 lines deleted...]
-    <t>$1,391,840</t>
+    <t>12,667</t>
+  </si>
+  <si>
+    <t>$1,967,945</t>
+  </si>
+  <si>
+    <t>CME GROUP INC</t>
+  </si>
+  <si>
+    <t>CME US</t>
+  </si>
+  <si>
+    <t>5,472</t>
+  </si>
+  <si>
+    <t>$1,745,732</t>
+  </si>
+  <si>
+    <t>SINGAPORE EXCHANGE LTD</t>
+  </si>
+  <si>
+    <t>SGX SP</t>
+  </si>
+  <si>
+    <t>113,960</t>
+  </si>
+  <si>
+    <t>$1,613,609</t>
   </si>
   <si>
     <t>DEUTSCHE BOERSE AG</t>
   </si>
   <si>
     <t>DB1 GR</t>
   </si>
   <si>
-    <t>4,504</t>
-[...38 lines deleted...]
-    <t>$1,091,773</t>
+    <t>5,960</t>
+  </si>
+  <si>
+    <t>$1,546,240</t>
   </si>
   <si>
     <t>CHENIERE ENERGY INC</t>
   </si>
   <si>
     <t>LNG US</t>
   </si>
   <si>
-    <t>5,032</t>
-[...2 lines deleted...]
-    <t>$1,054,758</t>
+    <t>6,657</t>
+  </si>
+  <si>
+    <t>$1,470,931</t>
+  </si>
+  <si>
+    <t>BUNGE GLOBAL SA</t>
+  </si>
+  <si>
+    <t>BG US</t>
+  </si>
+  <si>
+    <t>BQ6BPG9</t>
+  </si>
+  <si>
+    <t>11,395</t>
+  </si>
+  <si>
+    <t>$1,396,001</t>
   </si>
   <si>
     <t>DIGITALBRIDGE GROUP INC</t>
   </si>
   <si>
     <t>DBRG US</t>
   </si>
   <si>
     <t>BPW6ZP0</t>
   </si>
   <si>
-    <t>79,901</t>
-[...2 lines deleted...]
-    <t>$995,566</t>
+    <t>83,895</t>
+  </si>
+  <si>
+    <t>$1,291,144</t>
+  </si>
+  <si>
+    <t>TOPAZ ENERGY CORP</t>
+  </si>
+  <si>
+    <t>TPZ CN</t>
+  </si>
+  <si>
+    <t>BMV3Y21</t>
+  </si>
+  <si>
+    <t>56,894</t>
+  </si>
+  <si>
+    <t>$1,270,124</t>
+  </si>
+  <si>
+    <t>TMX GROUP LTD</t>
+  </si>
+  <si>
+    <t>X CT</t>
+  </si>
+  <si>
+    <t>B8KH5G7</t>
+  </si>
+  <si>
+    <t>33,125</t>
+  </si>
+  <si>
+    <t>$1,121,935</t>
+  </si>
+  <si>
+    <t>SPROTT INC</t>
+  </si>
+  <si>
+    <t>SII US</t>
+  </si>
+  <si>
+    <t>BMCB532</t>
+  </si>
+  <si>
+    <t>6,678</t>
+  </si>
+  <si>
+    <t>$1,047,979</t>
   </si>
   <si>
     <t>PERMIAN BASIN ROYALTY TRUST</t>
   </si>
   <si>
     <t>PBT US</t>
   </si>
   <si>
-    <t>49,934</t>
-[...32 lines deleted...]
-    <t>$808,572</t>
+    <t>50,964</t>
+  </si>
+  <si>
+    <t>$998,385</t>
+  </si>
+  <si>
+    <t>GLENCORE PLC</t>
+  </si>
+  <si>
+    <t>GLEN LN</t>
+  </si>
+  <si>
+    <t>B4T3BW6</t>
+  </si>
+  <si>
+    <t>141,503</t>
+  </si>
+  <si>
+    <t>$991,940</t>
   </si>
   <si>
     <t>MARSH &amp; MCLENNAN COS</t>
   </si>
   <si>
-    <t>MMC US</t>
-[...20 lines deleted...]
-    <t>$663,197</t>
+    <t>MRSH US</t>
+  </si>
+  <si>
+    <t>5,585</t>
+  </si>
+  <si>
+    <t>$996,532</t>
+  </si>
+  <si>
+    <t>JAPAN EXCHANGE GROUP INC</t>
+  </si>
+  <si>
+    <t>8697 JP</t>
+  </si>
+  <si>
+    <t>59,890</t>
+  </si>
+  <si>
+    <t>$750,210</t>
+  </si>
+  <si>
+    <t>ST JOE CO/THE</t>
+  </si>
+  <si>
+    <t>JOE US</t>
+  </si>
+  <si>
+    <t>10,759</t>
+  </si>
+  <si>
+    <t>$752,807</t>
+  </si>
+  <si>
+    <t>DETERRA ROYALTIES LTD</t>
+  </si>
+  <si>
+    <t>DRR AU</t>
+  </si>
+  <si>
+    <t>BJP5T05</t>
+  </si>
+  <si>
+    <t>210,940</t>
+  </si>
+  <si>
+    <t>$646,466</t>
   </si>
   <si>
     <t>ASX LTD</t>
   </si>
   <si>
     <t>ASX AU</t>
   </si>
   <si>
     <t>16,420</t>
   </si>
   <si>
-    <t>$606,811</t>
-[...41 lines deleted...]
-    <t>BROOKFIELD ASSET MANAGE-CL A</t>
+    <t>$603,403</t>
+  </si>
+  <si>
+    <t>BROOKFIELD CORP</t>
   </si>
   <si>
     <t>BN US</t>
   </si>
   <si>
     <t>BP95GG8</t>
   </si>
   <si>
-    <t>9,936</t>
-[...2 lines deleted...]
-    <t>$456,957</t>
+    <t>13,160</t>
+  </si>
+  <si>
+    <t>$592,068</t>
+  </si>
+  <si>
+    <t>ROYALTY PHARMA PLC- CL A</t>
+  </si>
+  <si>
+    <t>RPRX US</t>
+  </si>
+  <si>
+    <t>BMVP7Y0</t>
+  </si>
+  <si>
+    <t>12,879</t>
+  </si>
+  <si>
+    <t>$584,707</t>
+  </si>
+  <si>
+    <t>Triple Flag Precious Metals Corp ON XNYS</t>
+  </si>
+  <si>
+    <t>TFPM US</t>
+  </si>
+  <si>
+    <t>BMDVH13</t>
+  </si>
+  <si>
+    <t>14,552</t>
+  </si>
+  <si>
+    <t>$570,147</t>
   </si>
   <si>
     <t>MIAMI INTERNATIONAL HOLDINGS</t>
   </si>
   <si>
     <t>MIAX US</t>
   </si>
   <si>
     <t>BRT7Y75</t>
   </si>
   <si>
-    <t>9,808</t>
-[...32 lines deleted...]
-    <t>$411,919</t>
+    <t>12,993</t>
+  </si>
+  <si>
+    <t>$514,003</t>
+  </si>
+  <si>
+    <t>WILMAR INTERNATIONAL LTD</t>
+  </si>
+  <si>
+    <t>WIL SP</t>
+  </si>
+  <si>
+    <t>B17KC69</t>
+  </si>
+  <si>
+    <t>172,232</t>
+  </si>
+  <si>
+    <t>$489,373</t>
+  </si>
+  <si>
+    <t>TEJON RANCH CO</t>
+  </si>
+  <si>
+    <t>TRC US</t>
+  </si>
+  <si>
+    <t>25,459</t>
+  </si>
+  <si>
+    <t>$446,296</t>
+  </si>
+  <si>
+    <t>ALTIUS MINERALS CORPORATION</t>
+  </si>
+  <si>
+    <t>ALS CT</t>
+  </si>
+  <si>
+    <t>12,480</t>
+  </si>
+  <si>
+    <t>$424,060</t>
   </si>
   <si>
     <t>MESABI TRUST</t>
   </si>
   <si>
     <t>MSB US</t>
   </si>
   <si>
     <t>10,748</t>
   </si>
   <si>
-    <t>$370,376</t>
-[...68 lines deleted...]
-    <t>$301,546</t>
+    <t>$342,431</t>
+  </si>
+  <si>
+    <t>CLARKSON PLC</t>
+  </si>
+  <si>
+    <t>CKN LN</t>
+  </si>
+  <si>
+    <t>0201836</t>
+  </si>
+  <si>
+    <t>4,770</t>
+  </si>
+  <si>
+    <t>$269,795</t>
+  </si>
+  <si>
+    <t>LABRADOR IRON ORE ROYALTY CO</t>
+  </si>
+  <si>
+    <t>LIF CT</t>
+  </si>
+  <si>
+    <t>B8L02P3</t>
+  </si>
+  <si>
+    <t>11,130</t>
+  </si>
+  <si>
+    <t>$253,994</t>
+  </si>
+  <si>
+    <t>LONDON STOCK EXCHANGE GROUP</t>
+  </si>
+  <si>
+    <t>LSEG LN</t>
+  </si>
+  <si>
+    <t>B0SWJX3</t>
+  </si>
+  <si>
+    <t>2,030</t>
+  </si>
+  <si>
+    <t>$210,400</t>
   </si>
   <si>
     <t>SAN JUAN BASIN ROYALTY TR</t>
   </si>
   <si>
     <t>SJT US</t>
   </si>
   <si>
     <t>36,907</t>
   </si>
   <si>
-    <t>$213,322</t>
-[...14 lines deleted...]
-    <t>$191,945</t>
+    <t>$199,667</t>
+  </si>
+  <si>
+    <t>DORCHESTER MINERALS LP</t>
+  </si>
+  <si>
+    <t>DMLP US</t>
+  </si>
+  <si>
+    <t>7,579</t>
+  </si>
+  <si>
+    <t>$193,037</t>
   </si>
   <si>
     <t>SABINE ROYALTY TRUST</t>
   </si>
   <si>
     <t>SBR US</t>
   </si>
   <si>
     <t>2,523</t>
   </si>
   <si>
-    <t>$183,473</t>
-[...41 lines deleted...]
-    <t>$135,507</t>
+    <t>$177,014</t>
   </si>
   <si>
     <t>METALLA ROYALTY &amp; STREAMING</t>
   </si>
   <si>
     <t>MTA US</t>
   </si>
   <si>
     <t>BL0N0S3</t>
   </si>
   <si>
     <t>11,579</t>
   </si>
   <si>
-    <t>$78,158</t>
+    <t>$98,769</t>
+  </si>
+  <si>
+    <t>IG PORT INC</t>
+  </si>
+  <si>
+    <t>3791 JP</t>
+  </si>
+  <si>
+    <t>B0QJFC7</t>
+  </si>
+  <si>
+    <t>5,272</t>
+  </si>
+  <si>
+    <t>$44,613</t>
   </si>
   <si>
     <t>TOEI ANIMATION CO LTD</t>
   </si>
   <si>
     <t>4816 JP</t>
   </si>
   <si>
     <t>2,855</t>
   </si>
   <si>
-    <t>$53,656</t>
-[...14 lines deleted...]
-    <t>$49,916</t>
+    <t>$41,304</t>
   </si>
   <si>
     <t>LITHIUM ROYALTY CORP</t>
   </si>
   <si>
     <t>LIRC CN</t>
   </si>
   <si>
     <t>BMF9CX2</t>
   </si>
   <si>
     <t>3,025</t>
   </si>
   <si>
-    <t>$15,283</t>
+    <t>$23,511</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="1">
     <fill>
       <patternFill patternType="none"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
@@ -721,1107 +721,1107 @@
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:I47"/>
   <cols>
     <col min="1" max="1" width="12"/>
     <col min="2" max="2" width="13"/>
-    <col min="3" max="3" width="29"/>
+    <col min="3" max="3" width="41"/>
     <col min="4" max="4" width="11"/>
     <col min="5" max="5" width="11"/>
     <col min="6" max="6" width="12"/>
     <col min="7" max="7" width="13"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="1">
-        <v>0.0739</v>
+        <v>0.0775</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s" s="2">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" s="1">
-        <v>0.0596</v>
+        <v>0.0657</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F3" t="s" s="2">
         <v>15</v>
       </c>
-      <c r="F3" t="s" s="2">
+      <c r="G3" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4" s="1">
-        <v>0.0474</v>
+        <v>0.0628</v>
       </c>
       <c r="C4" t="s">
+        <v>17</v>
+      </c>
+      <c r="D4" t="s">
         <v>18</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>19</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s" s="2">
         <v>20</v>
       </c>
-      <c r="F4" t="s" s="2">
+      <c r="G4" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>7</v>
       </c>
       <c r="B5" s="1">
-        <v>0.0462</v>
+        <v>0.0551</v>
       </c>
       <c r="C5" t="s">
+        <v>22</v>
+      </c>
+      <c r="D5" t="s">
         <v>23</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>24</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s" s="2">
         <v>25</v>
       </c>
-      <c r="F5" t="s" s="2">
+      <c r="G5" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>7</v>
       </c>
       <c r="B6" s="1">
-        <v>0.0461</v>
+        <v>0.053</v>
       </c>
       <c r="C6" t="s">
+        <v>27</v>
+      </c>
+      <c r="D6" t="s">
         <v>28</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>29</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s" s="2">
         <v>30</v>
       </c>
-      <c r="F6" t="s" s="2">
+      <c r="G6" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>7</v>
       </c>
       <c r="B7" s="1">
-        <v>0.0454</v>
+        <v>0.0457</v>
       </c>
       <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
         <v>33</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>2158684</v>
       </c>
       <c r="F7" t="s" s="2">
         <v>35</v>
       </c>
       <c r="G7" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>7</v>
       </c>
       <c r="B8" s="1">
-        <v>0.0443</v>
+        <v>0.0456</v>
       </c>
       <c r="C8" t="s">
         <v>37</v>
       </c>
       <c r="D8" t="s">
         <v>38</v>
       </c>
       <c r="E8" t="s">
         <v>39</v>
       </c>
       <c r="F8" t="s" s="2">
         <v>40</v>
       </c>
       <c r="G8" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="1">
-        <v>0.0429</v>
+        <v>0.0447</v>
       </c>
       <c r="C9" t="s">
         <v>42</v>
       </c>
       <c r="D9" t="s">
         <v>43</v>
       </c>
-      <c r="E9" t="s">
+      <c r="E9">
+        <v>2158684</v>
+      </c>
+      <c r="F9" t="s" s="2">
         <v>44</v>
       </c>
-      <c r="F9" t="s" s="2">
+      <c r="G9" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="1">
-        <v>0.039</v>
+        <v>0.0444</v>
       </c>
       <c r="C10" t="s">
+        <v>46</v>
+      </c>
+      <c r="D10" t="s">
         <v>47</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>48</v>
       </c>
-      <c r="E10" t="s">
+      <c r="F10" t="s" s="2">
         <v>49</v>
       </c>
-      <c r="F10" t="s" s="2">
+      <c r="G10" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>7</v>
       </c>
       <c r="B11" s="1">
-        <v>0.0378</v>
+        <v>0.0402</v>
       </c>
       <c r="C11" t="s">
+        <v>51</v>
+      </c>
+      <c r="D11" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="E11" t="s">
         <v>53</v>
       </c>
       <c r="F11" t="s" s="2">
         <v>54</v>
       </c>
       <c r="G11" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>7</v>
       </c>
       <c r="B12" s="1">
-        <v>0.0377</v>
+        <v>0.0336</v>
       </c>
       <c r="C12" t="s">
         <v>56</v>
       </c>
       <c r="D12" t="s">
         <v>57</v>
       </c>
-      <c r="E12" t="s">
+      <c r="E12">
+        <v>2415204</v>
+      </c>
+      <c r="F12" t="s" s="2">
         <v>58</v>
       </c>
-      <c r="F12" t="s" s="2">
+      <c r="G12" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="1">
-        <v>0.0308</v>
+        <v>0.0331</v>
       </c>
       <c r="C13" t="s">
+        <v>60</v>
+      </c>
+      <c r="D13" t="s">
         <v>61</v>
       </c>
-      <c r="D13" t="s">
+      <c r="E13" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>7021963</v>
       </c>
       <c r="F13" t="s" s="2">
         <v>63</v>
       </c>
       <c r="G13" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="1">
-        <v>0.0306</v>
+        <v>0.0293</v>
       </c>
       <c r="C14" t="s">
         <v>65</v>
       </c>
       <c r="D14" t="s">
         <v>66</v>
       </c>
       <c r="E14">
-        <v>6303866</v>
+        <v>2965839</v>
       </c>
       <c r="F14" t="s" s="2">
         <v>67</v>
       </c>
       <c r="G14" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>7</v>
       </c>
       <c r="B15" s="1">
-        <v>0.0302</v>
+        <v>0.0271</v>
       </c>
       <c r="C15" t="s">
         <v>69</v>
       </c>
       <c r="D15" t="s">
         <v>70</v>
       </c>
       <c r="E15">
-        <v>2415204</v>
+        <v>6303866</v>
       </c>
       <c r="F15" t="s" s="2">
         <v>71</v>
       </c>
       <c r="G15" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="1">
-        <v>0.0296</v>
+        <v>0.026</v>
       </c>
       <c r="C16" t="s">
         <v>73</v>
       </c>
       <c r="D16" t="s">
         <v>74</v>
       </c>
       <c r="E16">
-        <v>2965839</v>
+        <v>7021963</v>
       </c>
       <c r="F16" t="s" s="2">
         <v>75</v>
       </c>
       <c r="G16" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="1">
-        <v>0.0286</v>
+        <v>0.0247</v>
       </c>
       <c r="C17" t="s">
         <v>77</v>
       </c>
       <c r="D17" t="s">
         <v>78</v>
       </c>
       <c r="E17">
         <v>2654364</v>
       </c>
       <c r="F17" t="s" s="2">
         <v>79</v>
       </c>
       <c r="G17" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="1">
-        <v>0.027</v>
+        <v>0.0235</v>
       </c>
       <c r="C18" t="s">
         <v>81</v>
       </c>
       <c r="D18" t="s">
         <v>82</v>
       </c>
       <c r="E18" t="s">
         <v>83</v>
       </c>
       <c r="F18" t="s" s="2">
         <v>84</v>
       </c>
       <c r="G18" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="1">
-        <v>0.0254</v>
+        <v>0.0217</v>
       </c>
       <c r="C19" t="s">
         <v>86</v>
       </c>
       <c r="D19" t="s">
         <v>87</v>
       </c>
-      <c r="E19">
-        <v>2681964</v>
+      <c r="E19" t="s">
+        <v>88</v>
       </c>
       <c r="F19" t="s" s="2">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="G19" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="1">
-        <v>0.025</v>
+        <v>0.0213</v>
       </c>
       <c r="C20" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D20" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E20" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="F20" t="s" s="2">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="G20" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="1">
-        <v>0.0219</v>
+        <v>0.0189</v>
       </c>
       <c r="C21" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D21" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E21" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F21" t="s" s="2">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="G21" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="1">
-        <v>0.0203</v>
+        <v>0.0176</v>
       </c>
       <c r="C22" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D22" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>2567741</v>
+        <v>102</v>
+      </c>
+      <c r="E22" t="s">
+        <v>103</v>
       </c>
       <c r="F22" t="s" s="2">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="G22" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="1">
-        <v>0.018</v>
+        <v>0.0168</v>
       </c>
       <c r="C23" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="D23" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-        <v>106</v>
+        <v>107</v>
+      </c>
+      <c r="E23">
+        <v>2681964</v>
       </c>
       <c r="F23" t="s" s="2">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G23" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>7</v>
       </c>
       <c r="B24" s="1">
-        <v>0.0164</v>
+        <v>0.0167</v>
       </c>
       <c r="C24" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D24" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>6129222</v>
+        <v>111</v>
+      </c>
+      <c r="E24" t="s">
+        <v>112</v>
       </c>
       <c r="F24" t="s" s="2">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="G24" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>7</v>
       </c>
       <c r="B25" s="1">
-        <v>0.0137</v>
+        <v>0.0167</v>
       </c>
       <c r="C25" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="D25" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="E25">
-        <v>6743882</v>
+        <v>2567741</v>
       </c>
       <c r="F25" t="s" s="2">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="G25" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>7</v>
       </c>
       <c r="B26" s="1">
-        <v>0.0129</v>
+        <v>0.0126</v>
       </c>
       <c r="C26" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="D26" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="E26">
-        <v>2768663</v>
+        <v>6743882</v>
       </c>
       <c r="F26" t="s" s="2">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="G26" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>7</v>
       </c>
       <c r="B27" s="1">
-        <v>0.0129</v>
+        <v>0.0126</v>
       </c>
       <c r="C27" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="D27" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-        <v>123</v>
+        <v>124</v>
+      </c>
+      <c r="E27">
+        <v>2768663</v>
       </c>
       <c r="F27" t="s" s="2">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="G27" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>7</v>
       </c>
       <c r="B28" s="1">
-        <v>0.0124</v>
+        <v>0.0109</v>
       </c>
       <c r="C28" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D28" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E28" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="F28" t="s" s="2">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="G28" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>7</v>
       </c>
       <c r="B29" s="1">
-        <v>0.0121</v>
+        <v>0.0101</v>
       </c>
       <c r="C29" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D29" t="s">
-        <v>132</v>
-[...1 lines deleted...]
-      <c r="E29" t="s">
         <v>133</v>
+      </c>
+      <c r="E29">
+        <v>6129222</v>
       </c>
       <c r="F29" t="s" s="2">
         <v>134</v>
       </c>
       <c r="G29" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>7</v>
       </c>
       <c r="B30" s="1">
-        <v>0.0114</v>
+        <v>0.0099</v>
       </c>
       <c r="C30" t="s">
         <v>136</v>
       </c>
       <c r="D30" t="s">
         <v>137</v>
       </c>
       <c r="E30" t="s">
         <v>138</v>
       </c>
       <c r="F30" t="s" s="2">
         <v>139</v>
       </c>
       <c r="G30" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>7</v>
       </c>
       <c r="B31" s="1">
-        <v>0.0112</v>
+        <v>0.0098</v>
       </c>
       <c r="C31" t="s">
         <v>141</v>
       </c>
       <c r="D31" t="s">
         <v>142</v>
       </c>
       <c r="E31" t="s">
         <v>143</v>
       </c>
       <c r="F31" t="s" s="2">
         <v>144</v>
       </c>
       <c r="G31" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>7</v>
       </c>
       <c r="B32" s="1">
-        <v>0.01</v>
+        <v>0.0096</v>
       </c>
       <c r="C32" t="s">
         <v>146</v>
       </c>
       <c r="D32" t="s">
         <v>147</v>
       </c>
-      <c r="E32">
-        <v>2582506</v>
+      <c r="E32" t="s">
+        <v>148</v>
       </c>
       <c r="F32" t="s" s="2">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G32" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>7</v>
       </c>
       <c r="B33" s="1">
-        <v>0.0098</v>
+        <v>0.0086</v>
       </c>
       <c r="C33" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D33" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E33" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="F33" t="s" s="2">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="G33" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>7</v>
       </c>
       <c r="B34" s="1">
-        <v>0.0092</v>
+        <v>0.0082</v>
       </c>
       <c r="C34" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D34" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-        <v>2122355</v>
+        <v>157</v>
+      </c>
+      <c r="E34" t="s">
+        <v>158</v>
       </c>
       <c r="F34" t="s" s="2">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="G34" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>7</v>
       </c>
       <c r="B35" s="1">
-        <v>0.0092</v>
+        <v>0.0075</v>
       </c>
       <c r="C35" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="D35" t="s">
-        <v>160</v>
-[...2 lines deleted...]
-        <v>161</v>
+        <v>162</v>
+      </c>
+      <c r="E35">
+        <v>2880448</v>
       </c>
       <c r="F35" t="s" s="2">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="G35" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>7</v>
       </c>
       <c r="B36" s="1">
-        <v>0.0086</v>
+        <v>0.0071</v>
       </c>
       <c r="C36" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D36" t="s">
-        <v>165</v>
-[...1 lines deleted...]
-      <c r="E36" t="s">
         <v>166</v>
+      </c>
+      <c r="E36">
+        <v>2122355</v>
       </c>
       <c r="F36" t="s" s="2">
         <v>167</v>
       </c>
       <c r="G36" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>7</v>
       </c>
       <c r="B37" s="1">
-        <v>0.0082</v>
+        <v>0.0058</v>
       </c>
       <c r="C37" t="s">
         <v>169</v>
       </c>
       <c r="D37" t="s">
         <v>170</v>
       </c>
       <c r="E37">
-        <v>2880448</v>
+        <v>2582506</v>
       </c>
       <c r="F37" t="s" s="2">
         <v>171</v>
       </c>
       <c r="G37" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>7</v>
       </c>
       <c r="B38" s="1">
-        <v>0.0058</v>
+        <v>0.0045</v>
       </c>
       <c r="C38" t="s">
         <v>173</v>
       </c>
       <c r="D38" t="s">
         <v>174</v>
       </c>
-      <c r="E38">
-        <v>2775113</v>
+      <c r="E38" t="s" s="2">
+        <v>175</v>
       </c>
       <c r="F38" t="s" s="2">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="G38" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>7</v>
       </c>
       <c r="B39" s="1">
-        <v>0.0052</v>
+        <v>0.0043</v>
       </c>
       <c r="C39" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D39" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="E39" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F39" t="s" s="2">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="G39" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>7</v>
       </c>
       <c r="B40" s="1">
-        <v>0.005</v>
+        <v>0.0035</v>
       </c>
       <c r="C40" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D40" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-        <v>2764809</v>
+        <v>184</v>
+      </c>
+      <c r="E40" t="s">
+        <v>185</v>
       </c>
       <c r="F40" t="s" s="2">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="G40" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>7</v>
       </c>
       <c r="B41" s="1">
-        <v>0.0047</v>
+        <v>0.0034</v>
       </c>
       <c r="C41" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="D41" t="s">
-        <v>187</v>
-[...2 lines deleted...]
-        <v>188</v>
+        <v>189</v>
+      </c>
+      <c r="E41">
+        <v>2775113</v>
       </c>
       <c r="F41" t="s" s="2">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="G41" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>7</v>
       </c>
       <c r="B42" s="1">
-        <v>0.0046</v>
+        <v>0.0032</v>
       </c>
       <c r="C42" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D42" t="s">
-        <v>192</v>
-[...1 lines deleted...]
-      <c r="E42" t="s" s="2">
         <v>193</v>
+      </c>
+      <c r="E42">
+        <v>2336576</v>
       </c>
       <c r="F42" t="s" s="2">
         <v>194</v>
       </c>
       <c r="G42" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>7</v>
       </c>
       <c r="B43" s="1">
-        <v>0.0037</v>
+        <v>0.003</v>
       </c>
       <c r="C43" t="s">
         <v>196</v>
       </c>
       <c r="D43" t="s">
         <v>197</v>
       </c>
       <c r="E43">
-        <v>2336576</v>
+        <v>2764809</v>
       </c>
       <c r="F43" t="s" s="2">
         <v>198</v>
       </c>
       <c r="G43" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>7</v>
       </c>
       <c r="B44" s="1">
-        <v>0.0021</v>
+        <v>0.0017</v>
       </c>
       <c r="C44" t="s">
         <v>200</v>
       </c>
       <c r="D44" t="s">
         <v>201</v>
       </c>
       <c r="E44" t="s">
         <v>202</v>
       </c>
       <c r="F44" t="s" s="2">
         <v>203</v>
       </c>
       <c r="G44" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>7</v>
       </c>
       <c r="B45" s="1">
-        <v>0.0015</v>
+        <v>0.0007</v>
       </c>
       <c r="C45" t="s">
         <v>205</v>
       </c>
       <c r="D45" t="s">
         <v>206</v>
       </c>
-      <c r="E45">
-        <v>6301871</v>
+      <c r="E45" t="s">
+        <v>207</v>
       </c>
       <c r="F45" t="s" s="2">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="G45" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>7</v>
       </c>
       <c r="B46" s="1">
-        <v>0.0014</v>
+        <v>0.0007</v>
       </c>
       <c r="C46" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D46" t="s">
-        <v>210</v>
-[...1 lines deleted...]
-      <c r="E46" t="s">
         <v>211</v>
+      </c>
+      <c r="E46">
+        <v>6301871</v>
       </c>
       <c r="F46" t="s" s="2">
         <v>212</v>
       </c>
       <c r="G46" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>7</v>
       </c>
       <c r="B47" s="1">
         <v>0.0004</v>
       </c>
       <c r="C47" t="s">
         <v>214</v>
       </c>
       <c r="D47" t="s">
         <v>215</v>
       </c>
       <c r="E47" t="s">
         <v>216</v>
       </c>
       <c r="F47" t="s" s="2">