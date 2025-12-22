--- v0 (2025-10-24)
+++ v1 (2025-12-22)
@@ -9,842 +9,875 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="264" uniqueCount="264">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="275" uniqueCount="275">
   <si>
     <t>Data as of:</t>
   </si>
   <si>
     <t>% Net Assets</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Ticker</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>Shares Held</t>
   </si>
   <si>
     <t>Market Value</t>
   </si>
   <si>
-    <t>10/24/25</t>
+    <t>12/22/25</t>
+  </si>
+  <si>
+    <t>AI Infrastructure Acquisition Corp</t>
+  </si>
+  <si>
+    <t>AIIA</t>
+  </si>
+  <si>
+    <t>G01336109</t>
+  </si>
+  <si>
+    <t>63,234</t>
+  </si>
+  <si>
+    <t>$627,914</t>
+  </si>
+  <si>
+    <t>Apex Treasury Corp</t>
+  </si>
+  <si>
+    <t>APXT</t>
+  </si>
+  <si>
+    <t>G04104108</t>
+  </si>
+  <si>
+    <t>57,000</t>
+  </si>
+  <si>
+    <t>$563,160</t>
+  </si>
+  <si>
+    <t>Axiom Intelligence Acquisition Corp 1</t>
+  </si>
+  <si>
+    <t>AXIN</t>
+  </si>
+  <si>
+    <t>G0750N104</t>
+  </si>
+  <si>
+    <t>55,966</t>
+  </si>
+  <si>
+    <t>$563,018</t>
+  </si>
+  <si>
+    <t>Aldel Financial II Inc</t>
+  </si>
+  <si>
+    <t>ALDF</t>
+  </si>
+  <si>
+    <t>G01558108</t>
+  </si>
+  <si>
+    <t>50,888</t>
+  </si>
+  <si>
+    <t>$533,815</t>
+  </si>
+  <si>
+    <t>Centurion Acquisition Corp</t>
+  </si>
+  <si>
+    <t>ALF</t>
+  </si>
+  <si>
+    <t>G20315100</t>
+  </si>
+  <si>
+    <t>50,006</t>
+  </si>
+  <si>
+    <t>$532,064</t>
+  </si>
+  <si>
+    <t>Oaktree Acquisition Corp III Life Sciences</t>
+  </si>
+  <si>
+    <t>OACC</t>
+  </si>
+  <si>
+    <t>G6717R104</t>
+  </si>
+  <si>
+    <t>$529,063</t>
+  </si>
+  <si>
+    <t>Daedalus Special Acquisition Corp</t>
+  </si>
+  <si>
+    <t>DSACU</t>
+  </si>
+  <si>
+    <t>G2616C124</t>
+  </si>
+  <si>
+    <t>52,000</t>
+  </si>
+  <si>
+    <t>$522,080</t>
+  </si>
+  <si>
+    <t>Graf Global Corp</t>
+  </si>
+  <si>
+    <t>GRAF</t>
+  </si>
+  <si>
+    <t>G4036C106</t>
+  </si>
+  <si>
+    <t>47,149</t>
+  </si>
+  <si>
+    <t>$505,437</t>
+  </si>
+  <si>
+    <t>OTG Acquisition Corp I</t>
+  </si>
+  <si>
+    <t>OTGA</t>
+  </si>
+  <si>
+    <t>G6791A100</t>
+  </si>
+  <si>
+    <t>50,377</t>
+  </si>
+  <si>
+    <t>$504,274</t>
+  </si>
+  <si>
+    <t>Legato Merger Corp III</t>
+  </si>
+  <si>
+    <t>LEGT</t>
+  </si>
+  <si>
+    <t>G5451A103</t>
+  </si>
+  <si>
+    <t>45,718</t>
+  </si>
+  <si>
+    <t>$496,269</t>
+  </si>
+  <si>
+    <t>Jackson Acquisition Co II</t>
+  </si>
+  <si>
+    <t>JACS</t>
+  </si>
+  <si>
+    <t>G4992A110</t>
+  </si>
+  <si>
+    <t>46,288</t>
+  </si>
+  <si>
+    <t>$483,247</t>
+  </si>
+  <si>
+    <t>Roman DBDR Acquisition Corp II</t>
+  </si>
+  <si>
+    <t>DRDB</t>
+  </si>
+  <si>
+    <t>G7633M104</t>
+  </si>
+  <si>
+    <t>$478,667</t>
+  </si>
+  <si>
+    <t>Drugs Made In America Acquisition Corp</t>
+  </si>
+  <si>
+    <t>DMAA</t>
+  </si>
+  <si>
+    <t>G2847J104</t>
+  </si>
+  <si>
+    <t>45,419</t>
+  </si>
+  <si>
+    <t>$470,995</t>
+  </si>
+  <si>
+    <t>Indigo Acquisition Corp</t>
+  </si>
+  <si>
+    <t>INAC</t>
+  </si>
+  <si>
+    <t>G4791J106</t>
+  </si>
+  <si>
+    <t>44,021</t>
+  </si>
+  <si>
+    <t>$443,291</t>
+  </si>
+  <si>
+    <t>Titan Acquisition Corp</t>
+  </si>
+  <si>
+    <t>TACH</t>
+  </si>
+  <si>
+    <t>G8901A103</t>
+  </si>
+  <si>
+    <t>42,392</t>
+  </si>
+  <si>
+    <t>$434,518</t>
+  </si>
+  <si>
+    <t>Oyster Enterprises II Acquisition Corp</t>
+  </si>
+  <si>
+    <t>OYSE</t>
+  </si>
+  <si>
+    <t>G6861F104</t>
+  </si>
+  <si>
+    <t>42,871</t>
+  </si>
+  <si>
+    <t>$432,140</t>
+  </si>
+  <si>
+    <t>Wen Acquisition Corp</t>
+  </si>
+  <si>
+    <t>WENN</t>
+  </si>
+  <si>
+    <t>G9R39C103</t>
+  </si>
+  <si>
+    <t>41,043</t>
+  </si>
+  <si>
+    <t>$414,945</t>
+  </si>
+  <si>
+    <t>Evolution Global Acquisition Corp</t>
+  </si>
+  <si>
+    <t>EVOX</t>
+  </si>
+  <si>
+    <t>G3226F101</t>
+  </si>
+  <si>
+    <t>41,750</t>
+  </si>
+  <si>
+    <t>$412,908</t>
+  </si>
+  <si>
+    <t>Cantor Equity Partners V Inc</t>
+  </si>
+  <si>
+    <t>CEPV</t>
+  </si>
+  <si>
+    <t>G1828S109</t>
+  </si>
+  <si>
+    <t>40,000</t>
+  </si>
+  <si>
+    <t>$409,600</t>
+  </si>
+  <si>
+    <t>Fifth Era Acquisition Corp I</t>
+  </si>
+  <si>
+    <t>FERA</t>
+  </si>
+  <si>
+    <t>G3415K101</t>
+  </si>
+  <si>
+    <t>37,549</t>
+  </si>
+  <si>
+    <t>$386,567</t>
+  </si>
+  <si>
+    <t>Crane Harbor Acquisition Corp II</t>
+  </si>
+  <si>
+    <t>CRANU</t>
+  </si>
+  <si>
+    <t>G25014120</t>
+  </si>
+  <si>
+    <t>36,191</t>
+  </si>
+  <si>
+    <t>$364,081</t>
+  </si>
+  <si>
+    <t>NewHold Investment Corp III</t>
+  </si>
+  <si>
+    <t>NHIC</t>
+  </si>
+  <si>
+    <t>G6486E102</t>
+  </si>
+  <si>
+    <t>33,308</t>
+  </si>
+  <si>
+    <t>$345,071</t>
+  </si>
+  <si>
+    <t>Sizzle Acquisition Corp II</t>
+  </si>
+  <si>
+    <t>SZZL</t>
+  </si>
+  <si>
+    <t>G8193F109</t>
+  </si>
+  <si>
+    <t>30,281</t>
+  </si>
+  <si>
+    <t>$307,958</t>
+  </si>
+  <si>
+    <t>BTC Development Corp</t>
+  </si>
+  <si>
+    <t>BDCI</t>
+  </si>
+  <si>
+    <t>G0701G109</t>
+  </si>
+  <si>
+    <t>25,164</t>
+  </si>
+  <si>
+    <t>$252,017</t>
+  </si>
+  <si>
+    <t>GigCapital7 Corp</t>
+  </si>
+  <si>
+    <t>GIG</t>
+  </si>
+  <si>
+    <t>G38648104</t>
+  </si>
+  <si>
+    <t>19,578</t>
+  </si>
+  <si>
+    <t>$205,569</t>
+  </si>
+  <si>
+    <t>AIIA-R</t>
+  </si>
+  <si>
+    <t>G01336117</t>
+  </si>
+  <si>
+    <t>$16,080</t>
+  </si>
+  <si>
+    <t>ALDFW</t>
+  </si>
+  <si>
+    <t>G01558124</t>
+  </si>
+  <si>
+    <t>25,512</t>
+  </si>
+  <si>
+    <t>$16,455</t>
+  </si>
+  <si>
+    <t>GIGGW</t>
+  </si>
+  <si>
+    <t>G38648120</t>
+  </si>
+  <si>
+    <t>36,693</t>
+  </si>
+  <si>
+    <t>$16,042</t>
+  </si>
+  <si>
+    <t>DRDBW</t>
+  </si>
+  <si>
+    <t>G7633M112</t>
+  </si>
+  <si>
+    <t>22,858</t>
+  </si>
+  <si>
+    <t>$14,858</t>
+  </si>
+  <si>
+    <t>AXINR</t>
+  </si>
+  <si>
+    <t>G0750N112</t>
+  </si>
+  <si>
+    <t>60,729</t>
+  </si>
+  <si>
+    <t>$13,360</t>
+  </si>
+  <si>
+    <t>FERAR</t>
+  </si>
+  <si>
+    <t>G3415K135</t>
+  </si>
+  <si>
+    <t>$13,142</t>
+  </si>
+  <si>
+    <t>GRAF/WS</t>
+  </si>
+  <si>
+    <t>G4036C122</t>
+  </si>
+  <si>
+    <t>23,575</t>
+  </si>
+  <si>
+    <t>$11,197</t>
+  </si>
+  <si>
+    <t>JACS-R</t>
+  </si>
+  <si>
+    <t>G4992A136</t>
+  </si>
+  <si>
+    <t>$11,572</t>
+  </si>
+  <si>
+    <t>M3-Brigade Acquisition V Corp</t>
+  </si>
+  <si>
+    <t>MBAVW</t>
+  </si>
+  <si>
+    <t>G63212115</t>
+  </si>
+  <si>
+    <t>15,887</t>
+  </si>
+  <si>
+    <t>$11,439</t>
   </si>
   <si>
     <t>US BANK MMDA - USBGFS 7 06/01/2031</t>
   </si>
   <si>
     <t>USBGFS7</t>
   </si>
   <si>
     <t>8AMMF0FT3</t>
   </si>
   <si>
-    <t>868,776</t>
-[...206 lines deleted...]
-    <t>$431,763</t>
+    <t>11,781</t>
+  </si>
+  <si>
+    <t>$11,781</t>
+  </si>
+  <si>
+    <t>ALFUW</t>
+  </si>
+  <si>
+    <t>G20315118</t>
+  </si>
+  <si>
+    <t>25,003</t>
+  </si>
+  <si>
+    <t>$7,856</t>
+  </si>
+  <si>
+    <t>APXTW</t>
+  </si>
+  <si>
+    <t>G04104124</t>
+  </si>
+  <si>
+    <t>28,500</t>
+  </si>
+  <si>
+    <t>$8,550</t>
+  </si>
+  <si>
+    <t>Churchill Capital Corp IX</t>
+  </si>
+  <si>
+    <t>CCIXW</t>
+  </si>
+  <si>
+    <t>G21301117</t>
+  </si>
+  <si>
+    <t>10,001</t>
+  </si>
+  <si>
+    <t>$8,301</t>
+  </si>
+  <si>
+    <t>EVOXW</t>
+  </si>
+  <si>
+    <t>G3226F119</t>
+  </si>
+  <si>
+    <t>20,875</t>
+  </si>
+  <si>
+    <t>$7,630</t>
+  </si>
+  <si>
+    <t>OTGAW</t>
+  </si>
+  <si>
+    <t>G6791A118</t>
+  </si>
+  <si>
+    <t>25,188</t>
+  </si>
+  <si>
+    <t>$7,977</t>
+  </si>
+  <si>
+    <t>DMAAR</t>
+  </si>
+  <si>
+    <t>G2847J112</t>
+  </si>
+  <si>
+    <t>$7,358</t>
+  </si>
+  <si>
+    <t>Flag Ship Acquisition Corp</t>
+  </si>
+  <si>
+    <t>FSHPR</t>
+  </si>
+  <si>
+    <t>G3530C117</t>
+  </si>
+  <si>
+    <t>40,003</t>
+  </si>
+  <si>
+    <t>$6,358</t>
+  </si>
+  <si>
+    <t>INACR</t>
+  </si>
+  <si>
+    <t>G4791J114</t>
+  </si>
+  <si>
+    <t>$6,383</t>
+  </si>
+  <si>
+    <t>NHICW</t>
+  </si>
+  <si>
+    <t>G6486E110</t>
+  </si>
+  <si>
+    <t>16,655</t>
+  </si>
+  <si>
+    <t>$6,996</t>
+  </si>
+  <si>
+    <t>OYSER</t>
+  </si>
+  <si>
+    <t>G6861F138</t>
+  </si>
+  <si>
+    <t>$7,290</t>
+  </si>
+  <si>
+    <t>TACHW</t>
+  </si>
+  <si>
+    <t>G8901A111</t>
+  </si>
+  <si>
+    <t>21,196</t>
+  </si>
+  <si>
+    <t>$7,101</t>
+  </si>
+  <si>
+    <t>Blue Water Acquisition Corp III</t>
+  </si>
+  <si>
+    <t>BLUWW</t>
+  </si>
+  <si>
+    <t>G1368E114</t>
+  </si>
+  <si>
+    <t>8,491</t>
+  </si>
+  <si>
+    <t>$5,222</t>
+  </si>
+  <si>
+    <t>SZZLR</t>
+  </si>
+  <si>
+    <t>G8193F133</t>
+  </si>
+  <si>
+    <t>$5,602</t>
+  </si>
+  <si>
+    <t>AA Mission Acquisition Corp</t>
+  </si>
+  <si>
+    <t>AAM/WS</t>
+  </si>
+  <si>
+    <t>G1000R127</t>
+  </si>
+  <si>
+    <t>21,430</t>
+  </si>
+  <si>
+    <t>$4,340</t>
+  </si>
+  <si>
+    <t>Black Hawk Acquisition Corp</t>
+  </si>
+  <si>
+    <t>BKHAR</t>
+  </si>
+  <si>
+    <t>G1148A119</t>
+  </si>
+  <si>
+    <t>2,857</t>
+  </si>
+  <si>
+    <t>$4,300</t>
+  </si>
+  <si>
+    <t>Launch Two Acquisition Corp</t>
+  </si>
+  <si>
+    <t>LPBBW</t>
+  </si>
+  <si>
+    <t>G5S87A113</t>
+  </si>
+  <si>
+    <t>11,307</t>
+  </si>
+  <si>
+    <t>$4,045</t>
+  </si>
+  <si>
+    <t>Silverbox Corp IV</t>
+  </si>
+  <si>
+    <t>SBXD/WS</t>
+  </si>
+  <si>
+    <t>G81354121</t>
+  </si>
+  <si>
+    <t>15,622</t>
+  </si>
+  <si>
+    <t>$4,452</t>
+  </si>
+  <si>
+    <t>Soulpower Acquisition Corp</t>
+  </si>
+  <si>
+    <t>SOUL-R</t>
+  </si>
+  <si>
+    <t>G82745137</t>
+  </si>
+  <si>
+    <t>$4,993</t>
+  </si>
+  <si>
+    <t>Voyager Acquisition Corp</t>
+  </si>
+  <si>
+    <t>VACHW</t>
+  </si>
+  <si>
+    <t>G93A7H112</t>
+  </si>
+  <si>
+    <t>$4,833</t>
+  </si>
+  <si>
+    <t>BDCIW</t>
+  </si>
+  <si>
+    <t>G0701G117</t>
+  </si>
+  <si>
+    <t>6,291</t>
+  </si>
+  <si>
+    <t>$3,934</t>
   </si>
   <si>
     <t>Lionheart Holdings</t>
   </si>
   <si>
-    <t>CUB</t>
-[...125 lines deleted...]
-    <t>$213,988</t>
+    <t>CUBWW</t>
+  </si>
+  <si>
+    <t>G5501C117</t>
+  </si>
+  <si>
+    <t>20,002</t>
+  </si>
+  <si>
+    <t>$3,980</t>
+  </si>
+  <si>
+    <t>IB Acquisition Corp</t>
+  </si>
+  <si>
+    <t>IBACR</t>
+  </si>
+  <si>
+    <t>44934N116</t>
+  </si>
+  <si>
+    <t>$3,238</t>
   </si>
   <si>
     <t>BERTO ACQUISITION CORP</t>
   </si>
   <si>
-    <t>TACO</t>
-[...247 lines deleted...]
-  <si>
     <t>TACOW</t>
   </si>
   <si>
     <t>G1051H119</t>
   </si>
   <si>
     <t>9,894</t>
   </si>
   <si>
-    <t>$7,028</t>
-[...29 lines deleted...]
-    <t>$5,422</t>
+    <t>$3,314</t>
   </si>
   <si>
     <t>WENNW</t>
   </si>
   <si>
     <t>G9R39C111</t>
   </si>
   <si>
     <t>7,701</t>
   </si>
   <si>
-    <t>$5,329</t>
-[...98 lines deleted...]
-    <t>$2,782</t>
+    <t>$2,387</t>
   </si>
   <si>
     <t>Cash &amp; Other</t>
   </si>
   <si>
     <t>Cash&amp;Other</t>
   </si>
   <si>
-    <t>-79,985</t>
-[...2 lines deleted...]
-    <t>$-79,985</t>
+    <t>-5,562</t>
+  </si>
+  <si>
+    <t>$-5,562</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="1">
     <fill>
       <patternFill patternType="none"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
@@ -852,1412 +885,1458 @@
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:I59"/>
+  <dimension ref="A1:I61"/>
   <cols>
     <col min="1" max="1" width="12"/>
     <col min="2" max="2" width="13"/>
     <col min="3" max="3" width="43"/>
     <col min="4" max="4" width="11"/>
     <col min="5" max="5" width="11"/>
     <col min="6" max="6" width="12"/>
     <col min="7" max="7" width="13"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="1">
-        <v>0.0753</v>
+        <v>0.0547</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s" s="2">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" s="1">
-        <v>0.0555</v>
+        <v>0.049</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s" s="2">
         <v>16</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4" s="1">
-        <v>0.0487</v>
+        <v>0.049</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s" s="2">
         <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>7</v>
       </c>
       <c r="B5" s="1">
-        <v>0.0462</v>
+        <v>0.0465</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5" t="s">
         <v>24</v>
       </c>
       <c r="E5" t="s">
         <v>25</v>
       </c>
       <c r="F5" t="s" s="2">
         <v>26</v>
       </c>
       <c r="G5" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>7</v>
       </c>
       <c r="B6" s="1">
-        <v>0.0462</v>
+        <v>0.0463</v>
       </c>
       <c r="C6" t="s">
         <v>28</v>
       </c>
       <c r="D6" t="s">
         <v>29</v>
       </c>
       <c r="E6" t="s">
         <v>30</v>
       </c>
       <c r="F6" t="s" s="2">
         <v>31</v>
       </c>
       <c r="G6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>7</v>
       </c>
       <c r="B7" s="1">
-        <v>0.0459</v>
+        <v>0.0461</v>
       </c>
       <c r="C7" t="s">
         <v>33</v>
       </c>
       <c r="D7" t="s">
         <v>34</v>
       </c>
       <c r="E7" t="s">
         <v>35</v>
       </c>
       <c r="F7" t="s" s="2">
         <v>31</v>
       </c>
       <c r="G7" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>7</v>
       </c>
       <c r="B8" s="1">
-        <v>0.0445</v>
+        <v>0.0455</v>
       </c>
       <c r="C8" t="s">
         <v>37</v>
       </c>
       <c r="D8" t="s">
         <v>38</v>
       </c>
       <c r="E8" t="s">
         <v>39</v>
       </c>
       <c r="F8" t="s" s="2">
         <v>40</v>
       </c>
       <c r="G8" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="1">
-        <v>0.0434</v>
+        <v>0.044</v>
       </c>
       <c r="C9" t="s">
         <v>42</v>
       </c>
       <c r="D9" t="s">
         <v>43</v>
       </c>
       <c r="E9" t="s">
         <v>44</v>
       </c>
       <c r="F9" t="s" s="2">
         <v>45</v>
       </c>
       <c r="G9" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="1">
-        <v>0.043</v>
+        <v>0.0439</v>
       </c>
       <c r="C10" t="s">
         <v>47</v>
       </c>
       <c r="D10" t="s">
         <v>48</v>
       </c>
       <c r="E10" t="s">
         <v>49</v>
       </c>
       <c r="F10" t="s" s="2">
         <v>50</v>
       </c>
       <c r="G10" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>7</v>
       </c>
       <c r="B11" s="1">
-        <v>0.0418</v>
+        <v>0.0432</v>
       </c>
       <c r="C11" t="s">
         <v>52</v>
       </c>
       <c r="D11" t="s">
         <v>53</v>
       </c>
       <c r="E11" t="s">
         <v>54</v>
       </c>
       <c r="F11" t="s" s="2">
         <v>55</v>
       </c>
       <c r="G11" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>7</v>
       </c>
       <c r="B12" s="1">
-        <v>0.0413</v>
+        <v>0.0421</v>
       </c>
       <c r="C12" t="s">
         <v>57</v>
       </c>
       <c r="D12" t="s">
         <v>58</v>
       </c>
       <c r="E12" t="s">
         <v>59</v>
       </c>
       <c r="F12" t="s" s="2">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="G12" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="1">
-        <v>0.0406</v>
+        <v>0.0417</v>
       </c>
       <c r="C13" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D13" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E13" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F13" t="s" s="2">
-        <v>64</v>
+        <v>55</v>
       </c>
       <c r="G13" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="1">
-        <v>0.0382</v>
+        <v>0.041</v>
       </c>
       <c r="C14" t="s">
         <v>66</v>
       </c>
       <c r="D14" t="s">
         <v>67</v>
       </c>
       <c r="E14" t="s">
         <v>68</v>
       </c>
       <c r="F14" t="s" s="2">
         <v>69</v>
       </c>
       <c r="G14" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>7</v>
       </c>
       <c r="B15" s="1">
-        <v>0.0375</v>
+        <v>0.0386</v>
       </c>
       <c r="C15" t="s">
         <v>71</v>
       </c>
       <c r="D15" t="s">
         <v>72</v>
       </c>
       <c r="E15" t="s">
         <v>73</v>
       </c>
       <c r="F15" t="s" s="2">
         <v>74</v>
       </c>
       <c r="G15" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="1">
-        <v>0.0374</v>
+        <v>0.0378</v>
       </c>
       <c r="C16" t="s">
         <v>76</v>
       </c>
       <c r="D16" t="s">
         <v>77</v>
       </c>
       <c r="E16" t="s">
         <v>78</v>
       </c>
       <c r="F16" t="s" s="2">
         <v>79</v>
       </c>
       <c r="G16" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="1">
-        <v>0.0367</v>
+        <v>0.0376</v>
       </c>
       <c r="C17" t="s">
         <v>81</v>
       </c>
       <c r="D17" t="s">
         <v>82</v>
       </c>
       <c r="E17" t="s">
         <v>83</v>
       </c>
       <c r="F17" t="s" s="2">
         <v>84</v>
       </c>
       <c r="G17" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="1">
-        <v>0.0334</v>
+        <v>0.0361</v>
       </c>
       <c r="C18" t="s">
         <v>86</v>
       </c>
       <c r="D18" t="s">
         <v>87</v>
       </c>
       <c r="E18" t="s">
         <v>88</v>
       </c>
       <c r="F18" t="s" s="2">
         <v>89</v>
       </c>
       <c r="G18" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="1">
-        <v>0.0296</v>
+        <v>0.0359</v>
       </c>
       <c r="C19" t="s">
         <v>91</v>
       </c>
       <c r="D19" t="s">
         <v>92</v>
       </c>
       <c r="E19" t="s">
         <v>93</v>
       </c>
       <c r="F19" t="s" s="2">
         <v>94</v>
       </c>
       <c r="G19" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="1">
-        <v>0.0273</v>
+        <v>0.0357</v>
       </c>
       <c r="C20" t="s">
         <v>96</v>
       </c>
       <c r="D20" t="s">
         <v>97</v>
       </c>
       <c r="E20" t="s">
         <v>98</v>
       </c>
       <c r="F20" t="s" s="2">
         <v>99</v>
       </c>
       <c r="G20" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="1">
-        <v>0.0266</v>
+        <v>0.0337</v>
       </c>
       <c r="C21" t="s">
         <v>101</v>
       </c>
       <c r="D21" t="s">
         <v>102</v>
       </c>
       <c r="E21" t="s">
         <v>103</v>
       </c>
       <c r="F21" t="s" s="2">
         <v>104</v>
       </c>
       <c r="G21" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="1">
-        <v>0.0266</v>
+        <v>0.0317</v>
       </c>
       <c r="C22" t="s">
         <v>106</v>
       </c>
       <c r="D22" t="s">
         <v>107</v>
       </c>
       <c r="E22" t="s">
         <v>108</v>
       </c>
       <c r="F22" t="s" s="2">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="G22" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="1">
-        <v>0.0245</v>
+        <v>0.03</v>
       </c>
       <c r="C23" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D23" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E23" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="F23" t="s" s="2">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="G23" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>7</v>
       </c>
       <c r="B24" s="1">
-        <v>0.0227</v>
+        <v>0.0268</v>
       </c>
       <c r="C24" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D24" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E24" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="F24" t="s" s="2">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="G24" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>7</v>
       </c>
       <c r="B25" s="1">
-        <v>0.0185</v>
+        <v>0.0219</v>
       </c>
       <c r="C25" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D25" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E25" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="F25" t="s" s="2">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="G25" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>7</v>
       </c>
       <c r="B26" s="1">
-        <v>0.0182</v>
+        <v>0.0179</v>
       </c>
       <c r="C26" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D26" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E26" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="F26" t="s" s="2">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="G26" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>7</v>
       </c>
       <c r="B27" s="1">
-        <v>0.0172</v>
+        <v>0.0014</v>
       </c>
       <c r="C27" t="s">
-        <v>130</v>
+        <v>8</v>
       </c>
       <c r="D27" t="s">
         <v>131</v>
       </c>
       <c r="E27" t="s">
         <v>132</v>
       </c>
       <c r="F27" t="s" s="2">
+        <v>11</v>
+      </c>
+      <c r="G27" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>7</v>
       </c>
       <c r="B28" s="1">
-        <v>0.0143</v>
+        <v>0.0014</v>
       </c>
       <c r="C28" t="s">
+        <v>23</v>
+      </c>
+      <c r="D28" t="s">
+        <v>134</v>
+      </c>
+      <c r="E28" t="s">
         <v>135</v>
       </c>
-      <c r="D28" t="s">
+      <c r="F28" t="s" s="2">
         <v>136</v>
       </c>
-      <c r="E28" t="s">
+      <c r="G28" t="s">
         <v>137</v>
-      </c>
-[...4 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>7</v>
       </c>
       <c r="B29" s="1">
-        <v>0.0034</v>
+        <v>0.0014</v>
       </c>
       <c r="C29" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="D29" t="s">
+        <v>138</v>
+      </c>
+      <c r="E29" t="s">
+        <v>139</v>
+      </c>
+      <c r="F29" t="s" s="2">
         <v>140</v>
       </c>
-      <c r="E29" t="s">
+      <c r="G29" t="s">
         <v>141</v>
-      </c>
-[...4 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>7</v>
       </c>
       <c r="B30" s="1">
-        <v>0.0026</v>
+        <v>0.0013</v>
       </c>
       <c r="C30" t="s">
+        <v>62</v>
+      </c>
+      <c r="D30" t="s">
+        <v>142</v>
+      </c>
+      <c r="E30" t="s">
+        <v>143</v>
+      </c>
+      <c r="F30" t="s" s="2">
         <v>144</v>
       </c>
-      <c r="D30" t="s">
+      <c r="G30" t="s">
         <v>145</v>
-      </c>
-[...7 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>7</v>
       </c>
       <c r="B31" s="1">
-        <v>0.0015</v>
+        <v>0.0012</v>
       </c>
       <c r="C31" t="s">
-        <v>110</v>
+        <v>18</v>
       </c>
       <c r="D31" t="s">
+        <v>146</v>
+      </c>
+      <c r="E31" t="s">
+        <v>147</v>
+      </c>
+      <c r="F31" t="s" s="2">
+        <v>148</v>
+      </c>
+      <c r="G31" t="s">
         <v>149</v>
-      </c>
-[...7 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>7</v>
       </c>
       <c r="B32" s="1">
-        <v>0.0014</v>
+        <v>0.0011</v>
       </c>
       <c r="C32" t="s">
-        <v>23</v>
+        <v>101</v>
       </c>
       <c r="D32" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="E32" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="F32" t="s" s="2">
-        <v>155</v>
+        <v>104</v>
       </c>
       <c r="G32" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>7</v>
       </c>
       <c r="B33" s="1">
-        <v>0.0013</v>
+        <v>0.001</v>
       </c>
       <c r="C33" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="D33" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="E33" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="F33" t="s" s="2">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="G33" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>7</v>
       </c>
       <c r="B34" s="1">
-        <v>0.0013</v>
+        <v>0.001</v>
       </c>
       <c r="C34" t="s">
         <v>57</v>
       </c>
       <c r="D34" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="E34" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="F34" t="s" s="2">
-        <v>163</v>
+        <v>60</v>
       </c>
       <c r="G34" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>7</v>
       </c>
       <c r="B35" s="1">
-        <v>0.0012</v>
+        <v>0.001</v>
       </c>
       <c r="C35" t="s">
-        <v>52</v>
+        <v>160</v>
       </c>
       <c r="D35" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="E35" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="F35" t="s" s="2">
-        <v>55</v>
+        <v>163</v>
       </c>
       <c r="G35" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>7</v>
       </c>
       <c r="B36" s="1">
         <v>0.001</v>
       </c>
       <c r="C36" t="s">
-        <v>86</v>
+        <v>165</v>
       </c>
       <c r="D36" t="s">
+        <v>166</v>
+      </c>
+      <c r="E36" t="s">
+        <v>167</v>
+      </c>
+      <c r="F36" t="s" s="2">
         <v>168</v>
       </c>
-      <c r="E36" t="s">
+      <c r="G36" t="s">
         <v>169</v>
-      </c>
-[...4 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>7</v>
       </c>
       <c r="B37" s="1">
-        <v>0.0009</v>
+        <v>0.0007</v>
       </c>
       <c r="C37" t="s">
+        <v>28</v>
+      </c>
+      <c r="D37" t="s">
+        <v>170</v>
+      </c>
+      <c r="E37" t="s">
         <v>171</v>
       </c>
-      <c r="D37" t="s">
+      <c r="F37" t="s" s="2">
         <v>172</v>
       </c>
-      <c r="E37" t="s">
+      <c r="G37" t="s">
         <v>173</v>
-      </c>
-[...4 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>7</v>
       </c>
       <c r="B38" s="1">
-        <v>0.0009</v>
+        <v>0.0007</v>
       </c>
       <c r="C38" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="D38" t="s">
+        <v>174</v>
+      </c>
+      <c r="E38" t="s">
+        <v>175</v>
+      </c>
+      <c r="F38" t="s" s="2">
         <v>176</v>
       </c>
-      <c r="E38" t="s">
+      <c r="G38" t="s">
         <v>177</v>
-      </c>
-[...4 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>7</v>
       </c>
       <c r="B39" s="1">
-        <v>0.0008</v>
+        <v>0.0007</v>
       </c>
       <c r="C39" t="s">
-        <v>28</v>
+        <v>178</v>
       </c>
       <c r="D39" t="s">
+        <v>179</v>
+      </c>
+      <c r="E39" t="s">
         <v>180</v>
       </c>
-      <c r="E39" t="s">
+      <c r="F39" t="s" s="2">
         <v>181</v>
       </c>
-      <c r="F39" t="s" s="2">
+      <c r="G39" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>7</v>
       </c>
       <c r="B40" s="1">
         <v>0.0007</v>
       </c>
       <c r="C40" t="s">
-        <v>61</v>
+        <v>91</v>
       </c>
       <c r="D40" t="s">
+        <v>183</v>
+      </c>
+      <c r="E40" t="s">
         <v>184</v>
       </c>
-      <c r="E40" t="s">
+      <c r="F40" t="s" s="2">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="G40" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>7</v>
       </c>
       <c r="B41" s="1">
         <v>0.0007</v>
       </c>
       <c r="C41" t="s">
-        <v>66</v>
+        <v>47</v>
       </c>
       <c r="D41" t="s">
         <v>187</v>
       </c>
       <c r="E41" t="s">
         <v>188</v>
       </c>
       <c r="F41" t="s" s="2">
-        <v>69</v>
+        <v>189</v>
       </c>
       <c r="G41" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>7</v>
       </c>
       <c r="B42" s="1">
-        <v>0.0007</v>
+        <v>0.0006</v>
       </c>
       <c r="C42" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="D42" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="E42" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="F42" t="s" s="2">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="G42" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>7</v>
       </c>
       <c r="B43" s="1">
         <v>0.0006</v>
       </c>
       <c r="C43" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D43" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="E43" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="F43" t="s" s="2">
-        <v>84</v>
+        <v>197</v>
       </c>
       <c r="G43" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>7</v>
       </c>
       <c r="B44" s="1">
         <v>0.0006</v>
       </c>
       <c r="C44" t="s">
-        <v>91</v>
+        <v>71</v>
       </c>
       <c r="D44" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="E44" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="F44" t="s" s="2">
-        <v>199</v>
+        <v>74</v>
       </c>
       <c r="G44" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>7</v>
       </c>
       <c r="B45" s="1">
         <v>0.0006</v>
       </c>
       <c r="C45" t="s">
-        <v>96</v>
+        <v>111</v>
       </c>
       <c r="D45" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="E45" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="F45" t="s" s="2">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="G45" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>7</v>
       </c>
       <c r="B46" s="1">
         <v>0.0006</v>
       </c>
       <c r="C46" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="D46" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="E46" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="F46" t="s" s="2">
-        <v>207</v>
+        <v>84</v>
       </c>
       <c r="G46" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>7</v>
       </c>
       <c r="B47" s="1">
         <v>0.0006</v>
       </c>
       <c r="C47" t="s">
-        <v>125</v>
+        <v>76</v>
       </c>
       <c r="D47" t="s">
         <v>209</v>
       </c>
       <c r="E47" t="s">
         <v>210</v>
       </c>
       <c r="F47" t="s" s="2">
         <v>211</v>
       </c>
       <c r="G47" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>7</v>
       </c>
       <c r="B48" s="1">
         <v>0.0005</v>
       </c>
       <c r="C48" t="s">
-        <v>101</v>
+        <v>213</v>
       </c>
       <c r="D48" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="E48" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="F48" t="s" s="2">
-        <v>104</v>
+        <v>216</v>
       </c>
       <c r="G48" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>7</v>
       </c>
       <c r="B49" s="1">
         <v>0.0005</v>
       </c>
       <c r="C49" t="s">
-        <v>106</v>
+        <v>116</v>
       </c>
       <c r="D49" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="E49" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="F49" t="s" s="2">
-        <v>104</v>
+        <v>119</v>
       </c>
       <c r="G49" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>7</v>
       </c>
       <c r="B50" s="1">
-        <v>0.0005</v>
+        <v>0.0004</v>
       </c>
       <c r="C50" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="D50" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="E50" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="F50" t="s" s="2">
-        <v>178</v>
+        <v>224</v>
       </c>
       <c r="G50" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>7</v>
       </c>
       <c r="B51" s="1">
-        <v>0.0005</v>
+        <v>0.0004</v>
       </c>
       <c r="C51" t="s">
-        <v>135</v>
+        <v>226</v>
       </c>
       <c r="D51" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="E51" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="F51" t="s" s="2">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="G51" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>7</v>
       </c>
       <c r="B52" s="1">
         <v>0.0004</v>
       </c>
       <c r="C52" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="D52" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="E52" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="F52" t="s" s="2">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="G52" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>7</v>
       </c>
       <c r="B53" s="1">
         <v>0.0004</v>
       </c>
       <c r="C53" t="s">
-        <v>81</v>
+        <v>236</v>
       </c>
       <c r="D53" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="E53" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="F53" t="s" s="2">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="G53" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>7</v>
       </c>
       <c r="B54" s="1">
         <v>0.0004</v>
       </c>
       <c r="C54" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="D54" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="E54" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="F54" t="s" s="2">
-        <v>239</v>
+        <v>119</v>
       </c>
       <c r="G54" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>7</v>
       </c>
       <c r="B55" s="1">
-        <v>0.0003</v>
+        <v>0.0004</v>
       </c>
       <c r="C55" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="D55" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="E55" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="F55" t="s" s="2">
-        <v>244</v>
+        <v>155</v>
       </c>
       <c r="G55" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>7</v>
       </c>
       <c r="B56" s="1">
         <v>0.0003</v>
       </c>
       <c r="C56" t="s">
-        <v>246</v>
+        <v>121</v>
       </c>
       <c r="D56" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="E56" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="F56" t="s" s="2">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="G56" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>7</v>
       </c>
       <c r="B57" s="1">
-        <v>0.0002</v>
+        <v>0.0003</v>
       </c>
       <c r="C57" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="D57" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="E57" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="F57" t="s" s="2">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="G57" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>7</v>
       </c>
       <c r="B58" s="1">
-        <v>0.0002</v>
+        <v>0.0003</v>
       </c>
       <c r="C58" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="D58" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="E58" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="F58" t="s" s="2">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="G58" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>7</v>
       </c>
       <c r="B59" s="1">
-        <v>-0.0069</v>
+        <v>0.0003</v>
       </c>
       <c r="C59" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="D59" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="E59" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="F59" t="s" s="2">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="G59" t="s">
-        <v>263</v>
+        <v>266</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>7</v>
+      </c>
+      <c r="B60" s="1">
+        <v>0.0002</v>
+      </c>
+      <c r="C60" t="s">
+        <v>86</v>
+      </c>
+      <c r="D60" t="s">
+        <v>267</v>
+      </c>
+      <c r="E60" t="s">
+        <v>268</v>
+      </c>
+      <c r="F60" t="s" s="2">
+        <v>269</v>
+      </c>
+      <c r="G60" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>7</v>
+      </c>
+      <c r="B61" s="1">
+        <v>-0.0005</v>
+      </c>
+      <c r="C61" t="s">
+        <v>271</v>
+      </c>
+      <c r="D61" t="s">
+        <v>272</v>
+      </c>
+      <c r="E61" t="s">
+        <v>272</v>
+      </c>
+      <c r="F61" t="s" s="2">
+        <v>273</v>
+      </c>
+      <c r="G61" t="s">
+        <v>274</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>