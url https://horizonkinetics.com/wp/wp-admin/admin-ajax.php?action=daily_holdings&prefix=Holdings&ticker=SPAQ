--- v1 (2025-12-22)
+++ v2 (2026-02-23)
@@ -9,875 +9,884 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="275" uniqueCount="275">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="278" uniqueCount="278">
   <si>
     <t>Data as of:</t>
   </si>
   <si>
     <t>% Net Assets</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Ticker</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>Shares Held</t>
   </si>
   <si>
     <t>Market Value</t>
   </si>
   <si>
-    <t>12/22/25</t>
+    <t>02/23/26</t>
+  </si>
+  <si>
+    <t>Oaktree Acquisition Corp III Life Sciences</t>
+  </si>
+  <si>
+    <t>OACC</t>
+  </si>
+  <si>
+    <t>G6717R104</t>
+  </si>
+  <si>
+    <t>50,006</t>
+  </si>
+  <si>
+    <t>$531,314</t>
   </si>
   <si>
     <t>AI Infrastructure Acquisition Corp</t>
   </si>
   <si>
     <t>AIIA</t>
   </si>
   <si>
     <t>G01336109</t>
   </si>
   <si>
+    <t>50,000</t>
+  </si>
+  <si>
+    <t>$501,000</t>
+  </si>
+  <si>
+    <t>Jackson Acquisition Co II</t>
+  </si>
+  <si>
+    <t>JACS</t>
+  </si>
+  <si>
+    <t>G4992A110</t>
+  </si>
+  <si>
+    <t>46,288</t>
+  </si>
+  <si>
+    <t>$486,024</t>
+  </si>
+  <si>
+    <t>Aldel Financial II Inc</t>
+  </si>
+  <si>
+    <t>ALDF</t>
+  </si>
+  <si>
+    <t>G01558108</t>
+  </si>
+  <si>
+    <t>42,388</t>
+  </si>
+  <si>
+    <t>$447,193</t>
+  </si>
+  <si>
+    <t>Oyster Enterprises II Acquisition Corp</t>
+  </si>
+  <si>
+    <t>OYSE</t>
+  </si>
+  <si>
+    <t>G6861F104</t>
+  </si>
+  <si>
+    <t>42,871</t>
+  </si>
+  <si>
+    <t>$435,998</t>
+  </si>
+  <si>
+    <t>Titan Acquisition Corp</t>
+  </si>
+  <si>
+    <t>TACH</t>
+  </si>
+  <si>
+    <t>G8901A103</t>
+  </si>
+  <si>
+    <t>42,392</t>
+  </si>
+  <si>
+    <t>$435,790</t>
+  </si>
+  <si>
+    <t>Evolution Global Acquisition Corp</t>
+  </si>
+  <si>
+    <t>EVOX</t>
+  </si>
+  <si>
+    <t>G3226F101</t>
+  </si>
+  <si>
+    <t>41,750</t>
+  </si>
+  <si>
+    <t>$417,918</t>
+  </si>
+  <si>
+    <t>Roman DBDR Acquisition Corp II</t>
+  </si>
+  <si>
+    <t>DRDB</t>
+  </si>
+  <si>
+    <t>G7633M104</t>
+  </si>
+  <si>
+    <t>40,000</t>
+  </si>
+  <si>
+    <t>$417,200</t>
+  </si>
+  <si>
+    <t>Wen Acquisition Corp</t>
+  </si>
+  <si>
+    <t>WENN</t>
+  </si>
+  <si>
+    <t>G9R39C103</t>
+  </si>
+  <si>
+    <t>41,043</t>
+  </si>
+  <si>
+    <t>$417,407</t>
+  </si>
+  <si>
+    <t>Space Asset Acquisition Corp</t>
+  </si>
+  <si>
+    <t>SAAQU</t>
+  </si>
+  <si>
+    <t>G8375S127</t>
+  </si>
+  <si>
+    <t>$407,200</t>
+  </si>
+  <si>
+    <t>Cantor Equity Partners V Inc</t>
+  </si>
+  <si>
+    <t>CEPV</t>
+  </si>
+  <si>
+    <t>G1828S109</t>
+  </si>
+  <si>
+    <t>$406,000</t>
+  </si>
+  <si>
+    <t>Willow Lane Acquisition Corp II</t>
+  </si>
+  <si>
+    <t>WLIIU</t>
+  </si>
+  <si>
+    <t>G9675K129</t>
+  </si>
+  <si>
+    <t>$405,600</t>
+  </si>
+  <si>
+    <t>OTG Acquisition Corp I</t>
+  </si>
+  <si>
+    <t>OTGA</t>
+  </si>
+  <si>
+    <t>G6791A100</t>
+  </si>
+  <si>
+    <t>$402,400</t>
+  </si>
+  <si>
+    <t>Hennessy Capital Investment Corp VIII</t>
+  </si>
+  <si>
+    <t>HCICU</t>
+  </si>
+  <si>
+    <t>G44055112</t>
+  </si>
+  <si>
+    <t>$401,600</t>
+  </si>
+  <si>
+    <t>M Evo Global Acquisition Corp II</t>
+  </si>
+  <si>
+    <t>MEVOU</t>
+  </si>
+  <si>
+    <t>G6071J128</t>
+  </si>
+  <si>
+    <t>$401,200</t>
+  </si>
+  <si>
+    <t>Spartacus Acquisition Corp II</t>
+  </si>
+  <si>
+    <t>TMTSU</t>
+  </si>
+  <si>
+    <t>G8303R126</t>
+  </si>
+  <si>
+    <t>Aldabra 4 Liquidity Opportunity Vehicle Inc</t>
+  </si>
+  <si>
+    <t>ALOVU</t>
+  </si>
+  <si>
+    <t>G01900201</t>
+  </si>
+  <si>
+    <t>$399,600</t>
+  </si>
+  <si>
+    <t>Bleichroeder Acquisition Corp II</t>
+  </si>
+  <si>
+    <t>BBCQ</t>
+  </si>
+  <si>
+    <t>G1170E104</t>
+  </si>
+  <si>
+    <t>39,999</t>
+  </si>
+  <si>
+    <t>$398,790</t>
+  </si>
+  <si>
+    <t>Daedalus Special Acquisition Corp</t>
+  </si>
+  <si>
+    <t>DSAC</t>
+  </si>
+  <si>
+    <t>G2616C108</t>
+  </si>
+  <si>
+    <t>$399,000</t>
+  </si>
+  <si>
+    <t>Fifth Era Acquisition Corp I</t>
+  </si>
+  <si>
+    <t>FERA</t>
+  </si>
+  <si>
+    <t>G3415K101</t>
+  </si>
+  <si>
+    <t>37,549</t>
+  </si>
+  <si>
+    <t>$386,379</t>
+  </si>
+  <si>
+    <t>Crane Harbor Acquisition Corp II</t>
+  </si>
+  <si>
+    <t>CRAN</t>
+  </si>
+  <si>
+    <t>G25014104</t>
+  </si>
+  <si>
+    <t>36,191</t>
+  </si>
+  <si>
+    <t>$361,005</t>
+  </si>
+  <si>
+    <t>BTC Development Corp</t>
+  </si>
+  <si>
+    <t>BDCI</t>
+  </si>
+  <si>
+    <t>G0701G109</t>
+  </si>
+  <si>
+    <t>25,164</t>
+  </si>
+  <si>
+    <t>$252,143</t>
+  </si>
+  <si>
+    <t>NewHold Investment Corp III</t>
+  </si>
+  <si>
+    <t>NHIC</t>
+  </si>
+  <si>
+    <t>G6486E102</t>
+  </si>
+  <si>
+    <t>23,308</t>
+  </si>
+  <si>
+    <t>$243,569</t>
+  </si>
+  <si>
+    <t>Indigo Acquisition Corp</t>
+  </si>
+  <si>
+    <t>INAC</t>
+  </si>
+  <si>
+    <t>G4791J106</t>
+  </si>
+  <si>
+    <t>20,000</t>
+  </si>
+  <si>
+    <t>$202,700</t>
+  </si>
+  <si>
+    <t>US BANK MMDA - USBGFS 7 06/01/2031</t>
+  </si>
+  <si>
+    <t>USBGFS7</t>
+  </si>
+  <si>
+    <t>8AMMF0FT3</t>
+  </si>
+  <si>
+    <t>78,368</t>
+  </si>
+  <si>
+    <t>$78,368</t>
+  </si>
+  <si>
+    <t>AIIA-R</t>
+  </si>
+  <si>
+    <t>G01336117</t>
+  </si>
+  <si>
     <t>63,234</t>
   </si>
   <si>
-    <t>$627,914</t>
+    <t>$20,924</t>
+  </si>
+  <si>
+    <t>GigCapital7 Corp</t>
+  </si>
+  <si>
+    <t>GIGGW</t>
+  </si>
+  <si>
+    <t>G38648120</t>
+  </si>
+  <si>
+    <t>36,693</t>
+  </si>
+  <si>
+    <t>$19,447</t>
+  </si>
+  <si>
+    <t>ALDFW</t>
+  </si>
+  <si>
+    <t>G01558124</t>
+  </si>
+  <si>
+    <t>25,512</t>
+  </si>
+  <si>
+    <t>$15,307</t>
+  </si>
+  <si>
+    <t>DRDBW</t>
+  </si>
+  <si>
+    <t>G7633M112</t>
+  </si>
+  <si>
+    <t>22,858</t>
+  </si>
+  <si>
+    <t>$14,286</t>
+  </si>
+  <si>
+    <t>FERAR</t>
+  </si>
+  <si>
+    <t>G3415K135</t>
+  </si>
+  <si>
+    <t>$13,142</t>
+  </si>
+  <si>
+    <t>Axiom Intelligence Acquisition Corp 1</t>
+  </si>
+  <si>
+    <t>AXINR</t>
+  </si>
+  <si>
+    <t>G0750N112</t>
+  </si>
+  <si>
+    <t>60,729</t>
+  </si>
+  <si>
+    <t>$10,324</t>
+  </si>
+  <si>
+    <t>JACS-R</t>
+  </si>
+  <si>
+    <t>G4992A136</t>
+  </si>
+  <si>
+    <t>$9,489</t>
+  </si>
+  <si>
+    <t>EVOXW</t>
+  </si>
+  <si>
+    <t>G3226F119</t>
+  </si>
+  <si>
+    <t>20,875</t>
+  </si>
+  <si>
+    <t>$9,081</t>
+  </si>
+  <si>
+    <t>Graf Global Corp</t>
+  </si>
+  <si>
+    <t>GRAF/WS</t>
+  </si>
+  <si>
+    <t>G4036C122</t>
+  </si>
+  <si>
+    <t>23,575</t>
+  </si>
+  <si>
+    <t>$8,579</t>
+  </si>
+  <si>
+    <t>NHICW</t>
+  </si>
+  <si>
+    <t>G6486E110</t>
+  </si>
+  <si>
+    <t>16,655</t>
+  </si>
+  <si>
+    <t>$8,328</t>
   </si>
   <si>
     <t>Apex Treasury Corp</t>
   </si>
   <si>
-    <t>APXT</t>
-[...38 lines deleted...]
-    <t>$533,815</t>
+    <t>APXTW</t>
+  </si>
+  <si>
+    <t>G04104124</t>
+  </si>
+  <si>
+    <t>28,500</t>
+  </si>
+  <si>
+    <t>$6,556</t>
+  </si>
+  <si>
+    <t>CRANR</t>
+  </si>
+  <si>
+    <t>G25014112</t>
+  </si>
+  <si>
+    <t>$7,059</t>
+  </si>
+  <si>
+    <t>Flag Ship Acquisition Corp</t>
+  </si>
+  <si>
+    <t>FSHPR</t>
+  </si>
+  <si>
+    <t>G3530C117</t>
+  </si>
+  <si>
+    <t>40,003</t>
+  </si>
+  <si>
+    <t>$6,709</t>
+  </si>
+  <si>
+    <t>OTGAW</t>
+  </si>
+  <si>
+    <t>G6791A118</t>
+  </si>
+  <si>
+    <t>25,188</t>
+  </si>
+  <si>
+    <t>$6,985</t>
+  </si>
+  <si>
+    <t>OYSER</t>
+  </si>
+  <si>
+    <t>G6861F138</t>
+  </si>
+  <si>
+    <t>$7,076</t>
+  </si>
+  <si>
+    <t>Soulpower Acquisition Corp</t>
+  </si>
+  <si>
+    <t>SOUL-R</t>
+  </si>
+  <si>
+    <t>G82745137</t>
+  </si>
+  <si>
+    <t>30,281</t>
+  </si>
+  <si>
+    <t>$6,662</t>
+  </si>
+  <si>
+    <t>TACHW</t>
+  </si>
+  <si>
+    <t>G8901A111</t>
+  </si>
+  <si>
+    <t>21,196</t>
+  </si>
+  <si>
+    <t>$7,016</t>
   </si>
   <si>
     <t>Centurion Acquisition Corp</t>
   </si>
   <si>
-    <t>ALF</t>
-[...107 lines deleted...]
-    <t>$478,667</t>
+    <t>ALFUW</t>
+  </si>
+  <si>
+    <t>G20315118</t>
+  </si>
+  <si>
+    <t>25,003</t>
+  </si>
+  <si>
+    <t>$5,681</t>
+  </si>
+  <si>
+    <t>BBCQW</t>
+  </si>
+  <si>
+    <t>G1170E112</t>
+  </si>
+  <si>
+    <t>13,333</t>
+  </si>
+  <si>
+    <t>$6,334</t>
+  </si>
+  <si>
+    <t>INACR</t>
+  </si>
+  <si>
+    <t>G4791J114</t>
+  </si>
+  <si>
+    <t>44,021</t>
+  </si>
+  <si>
+    <t>$6,284</t>
+  </si>
+  <si>
+    <t>Sizzle Acquisition Corp II</t>
+  </si>
+  <si>
+    <t>SZZLR</t>
+  </si>
+  <si>
+    <t>G8193F133</t>
+  </si>
+  <si>
+    <t>$5,935</t>
+  </si>
+  <si>
+    <t>Voyager Acquisition Corp</t>
+  </si>
+  <si>
+    <t>VACHW</t>
+  </si>
+  <si>
+    <t>G93A7H112</t>
+  </si>
+  <si>
+    <t>$6,030</t>
+  </si>
+  <si>
+    <t>Black Hawk Acquisition Corp</t>
+  </si>
+  <si>
+    <t>BKHAR</t>
+  </si>
+  <si>
+    <t>G1148A119</t>
+  </si>
+  <si>
+    <t>2,857</t>
+  </si>
+  <si>
+    <t>$4,671</t>
+  </si>
+  <si>
+    <t>Blue Water Acquisition Corp III</t>
+  </si>
+  <si>
+    <t>BLUWW</t>
+  </si>
+  <si>
+    <t>G1368E114</t>
+  </si>
+  <si>
+    <t>8,491</t>
+  </si>
+  <si>
+    <t>$4,670</t>
+  </si>
+  <si>
+    <t>Churchill Capital Corp IX</t>
+  </si>
+  <si>
+    <t>CCIXW</t>
+  </si>
+  <si>
+    <t>G21301117</t>
+  </si>
+  <si>
+    <t>10,001</t>
+  </si>
+  <si>
+    <t>$5,001</t>
+  </si>
+  <si>
+    <t>DSACW</t>
+  </si>
+  <si>
+    <t>G2616C116</t>
+  </si>
+  <si>
+    <t>13,000</t>
+  </si>
+  <si>
+    <t>$4,745</t>
+  </si>
+  <si>
+    <t>Silverbox Corp IV</t>
+  </si>
+  <si>
+    <t>SBXD/WS</t>
+  </si>
+  <si>
+    <t>G81354121</t>
+  </si>
+  <si>
+    <t>15,622</t>
+  </si>
+  <si>
+    <t>$3,695</t>
+  </si>
+  <si>
+    <t>BDCIW</t>
+  </si>
+  <si>
+    <t>G0701G117</t>
+  </si>
+  <si>
+    <t>6,291</t>
+  </si>
+  <si>
+    <t>$3,026</t>
+  </si>
+  <si>
+    <t>Lionheart Holdings</t>
+  </si>
+  <si>
+    <t>CUBWW</t>
+  </si>
+  <si>
+    <t>G5501C117</t>
+  </si>
+  <si>
+    <t>20,002</t>
+  </si>
+  <si>
+    <t>$3,000</t>
+  </si>
+  <si>
+    <t>IB Acquisition Corp</t>
+  </si>
+  <si>
+    <t>IBACR</t>
+  </si>
+  <si>
+    <t>44934N116</t>
+  </si>
+  <si>
+    <t>$2,546</t>
+  </si>
+  <si>
+    <t>Launch Two Acquisition Corp</t>
+  </si>
+  <si>
+    <t>LPBBW</t>
+  </si>
+  <si>
+    <t>G5S87A113</t>
+  </si>
+  <si>
+    <t>11,307</t>
+  </si>
+  <si>
+    <t>$3,052</t>
+  </si>
+  <si>
+    <t>BERTO ACQUISITION CORP</t>
+  </si>
+  <si>
+    <t>TACOW</t>
+  </si>
+  <si>
+    <t>G1051H119</t>
+  </si>
+  <si>
+    <t>9,894</t>
+  </si>
+  <si>
+    <t>$3,166</t>
+  </si>
+  <si>
+    <t>WENNW</t>
+  </si>
+  <si>
+    <t>G9R39C111</t>
+  </si>
+  <si>
+    <t>7,701</t>
+  </si>
+  <si>
+    <t>$2,926</t>
   </si>
   <si>
     <t>Drugs Made In America Acquisition Corp</t>
   </si>
   <si>
-    <t>DMAA</t>
-[...370 lines deleted...]
-  <si>
     <t>DMAAR</t>
   </si>
   <si>
     <t>G2847J112</t>
   </si>
   <si>
-    <t>$7,358</t>
-[...230 lines deleted...]
-    <t>$2,387</t>
+    <t>22,919</t>
+  </si>
+  <si>
+    <t>$2,443</t>
+  </si>
+  <si>
+    <t>0.00%</t>
+  </si>
+  <si>
+    <t>BBCQU</t>
+  </si>
+  <si>
+    <t>G1170E120</t>
+  </si>
+  <si>
+    <t>$10</t>
   </si>
   <si>
     <t>Cash &amp; Other</t>
   </si>
   <si>
     <t>Cash&amp;Other</t>
   </si>
   <si>
-    <t>-5,562</t>
-[...2 lines deleted...]
-    <t>$-5,562</t>
+    <t>-5,001</t>
+  </si>
+  <si>
+    <t>$-5,001</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="1">
     <fill>
       <patternFill patternType="none"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
@@ -885,1458 +894,1481 @@
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:I61"/>
+  <dimension ref="A1:I62"/>
   <cols>
     <col min="1" max="1" width="12"/>
     <col min="2" max="2" width="13"/>
-    <col min="3" max="3" width="43"/>
+    <col min="3" max="3" width="44"/>
     <col min="4" max="4" width="11"/>
     <col min="5" max="5" width="11"/>
     <col min="6" max="6" width="12"/>
     <col min="7" max="7" width="13"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="1">
-        <v>0.0547</v>
+        <v>0.0538</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s" s="2">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" s="1">
-        <v>0.049</v>
+        <v>0.0507</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s" s="2">
         <v>16</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4" s="1">
-        <v>0.049</v>
+        <v>0.0492</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s" s="2">
         <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>7</v>
       </c>
       <c r="B5" s="1">
-        <v>0.0465</v>
+        <v>0.0453</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5" t="s">
         <v>24</v>
       </c>
       <c r="E5" t="s">
         <v>25</v>
       </c>
       <c r="F5" t="s" s="2">
         <v>26</v>
       </c>
       <c r="G5" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>7</v>
       </c>
       <c r="B6" s="1">
-        <v>0.0463</v>
+        <v>0.0441</v>
       </c>
       <c r="C6" t="s">
         <v>28</v>
       </c>
       <c r="D6" t="s">
         <v>29</v>
       </c>
       <c r="E6" t="s">
         <v>30</v>
       </c>
       <c r="F6" t="s" s="2">
         <v>31</v>
       </c>
       <c r="G6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>7</v>
       </c>
       <c r="B7" s="1">
-        <v>0.0461</v>
+        <v>0.0441</v>
       </c>
       <c r="C7" t="s">
         <v>33</v>
       </c>
       <c r="D7" t="s">
         <v>34</v>
       </c>
       <c r="E7" t="s">
         <v>35</v>
       </c>
       <c r="F7" t="s" s="2">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="G7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>7</v>
       </c>
       <c r="B8" s="1">
-        <v>0.0455</v>
+        <v>0.0423</v>
       </c>
       <c r="C8" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D8" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E8" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F8" t="s" s="2">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G8" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="1">
-        <v>0.044</v>
+        <v>0.0422</v>
       </c>
       <c r="C9" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D9" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E9" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F9" t="s" s="2">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G9" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="1">
-        <v>0.0439</v>
+        <v>0.0422</v>
       </c>
       <c r="C10" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D10" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E10" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F10" t="s" s="2">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G10" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>7</v>
       </c>
       <c r="B11" s="1">
-        <v>0.0432</v>
+        <v>0.0412</v>
       </c>
       <c r="C11" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D11" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E11" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F11" t="s" s="2">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="G11" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>7</v>
       </c>
       <c r="B12" s="1">
-        <v>0.0421</v>
+        <v>0.0411</v>
       </c>
       <c r="C12" t="s">
         <v>57</v>
       </c>
       <c r="D12" t="s">
         <v>58</v>
       </c>
       <c r="E12" t="s">
         <v>59</v>
       </c>
       <c r="F12" t="s" s="2">
+        <v>46</v>
+      </c>
+      <c r="G12" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="1">
-        <v>0.0417</v>
+        <v>0.041</v>
       </c>
       <c r="C13" t="s">
+        <v>61</v>
+      </c>
+      <c r="D13" t="s">
         <v>62</v>
       </c>
-      <c r="D13" t="s">
+      <c r="E13" t="s">
         <v>63</v>
       </c>
-      <c r="E13" t="s">
+      <c r="F13" t="s" s="2">
+        <v>46</v>
+      </c>
+      <c r="G13" t="s">
         <v>64</v>
-      </c>
-[...4 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="1">
-        <v>0.041</v>
+        <v>0.0407</v>
       </c>
       <c r="C14" t="s">
+        <v>65</v>
+      </c>
+      <c r="D14" t="s">
         <v>66</v>
       </c>
-      <c r="D14" t="s">
+      <c r="E14" t="s">
         <v>67</v>
       </c>
-      <c r="E14" t="s">
+      <c r="F14" t="s" s="2">
+        <v>46</v>
+      </c>
+      <c r="G14" t="s">
         <v>68</v>
-      </c>
-[...4 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>7</v>
       </c>
       <c r="B15" s="1">
-        <v>0.0386</v>
+        <v>0.0406</v>
       </c>
       <c r="C15" t="s">
+        <v>69</v>
+      </c>
+      <c r="D15" t="s">
+        <v>70</v>
+      </c>
+      <c r="E15" t="s">
         <v>71</v>
       </c>
-      <c r="D15" t="s">
+      <c r="F15" t="s" s="2">
+        <v>46</v>
+      </c>
+      <c r="G15" t="s">
         <v>72</v>
-      </c>
-[...7 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="1">
-        <v>0.0378</v>
+        <v>0.0406</v>
       </c>
       <c r="C16" t="s">
+        <v>73</v>
+      </c>
+      <c r="D16" t="s">
+        <v>74</v>
+      </c>
+      <c r="E16" t="s">
+        <v>75</v>
+      </c>
+      <c r="F16" t="s" s="2">
+        <v>46</v>
+      </c>
+      <c r="G16" t="s">
         <v>76</v>
-      </c>
-[...10 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="1">
-        <v>0.0376</v>
+        <v>0.0406</v>
       </c>
       <c r="C17" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="D17" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="E17" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="F17" t="s" s="2">
-        <v>84</v>
+        <v>46</v>
       </c>
       <c r="G17" t="s">
-        <v>85</v>
+        <v>76</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="1">
-        <v>0.0361</v>
+        <v>0.0404</v>
       </c>
       <c r="C18" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="D18" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="E18" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="F18" t="s" s="2">
-        <v>89</v>
+        <v>46</v>
       </c>
       <c r="G18" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="1">
-        <v>0.0359</v>
+        <v>0.0404</v>
       </c>
       <c r="C19" t="s">
-        <v>91</v>
+        <v>84</v>
       </c>
       <c r="D19" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="E19" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="F19" t="s" s="2">
-        <v>94</v>
+        <v>87</v>
       </c>
       <c r="G19" t="s">
-        <v>95</v>
+        <v>88</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="1">
-        <v>0.0357</v>
+        <v>0.0404</v>
       </c>
       <c r="C20" t="s">
-        <v>96</v>
+        <v>89</v>
       </c>
       <c r="D20" t="s">
-        <v>97</v>
+        <v>90</v>
       </c>
       <c r="E20" t="s">
-        <v>98</v>
+        <v>91</v>
       </c>
       <c r="F20" t="s" s="2">
-        <v>99</v>
+        <v>46</v>
       </c>
       <c r="G20" t="s">
-        <v>100</v>
+        <v>92</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="1">
-        <v>0.0337</v>
+        <v>0.0391</v>
       </c>
       <c r="C21" t="s">
-        <v>101</v>
+        <v>93</v>
       </c>
       <c r="D21" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="E21" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="F21" t="s" s="2">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="G21" t="s">
-        <v>105</v>
+        <v>97</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="1">
-        <v>0.0317</v>
+        <v>0.0365</v>
       </c>
       <c r="C22" t="s">
-        <v>106</v>
+        <v>98</v>
       </c>
       <c r="D22" t="s">
-        <v>107</v>
+        <v>99</v>
       </c>
       <c r="E22" t="s">
-        <v>108</v>
+        <v>100</v>
       </c>
       <c r="F22" t="s" s="2">
-        <v>109</v>
+        <v>101</v>
       </c>
       <c r="G22" t="s">
-        <v>110</v>
+        <v>102</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="1">
-        <v>0.03</v>
+        <v>0.0255</v>
       </c>
       <c r="C23" t="s">
-        <v>111</v>
+        <v>103</v>
       </c>
       <c r="D23" t="s">
-        <v>112</v>
+        <v>104</v>
       </c>
       <c r="E23" t="s">
-        <v>113</v>
+        <v>105</v>
       </c>
       <c r="F23" t="s" s="2">
-        <v>114</v>
+        <v>106</v>
       </c>
       <c r="G23" t="s">
-        <v>115</v>
+        <v>107</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>7</v>
       </c>
       <c r="B24" s="1">
-        <v>0.0268</v>
+        <v>0.0246</v>
       </c>
       <c r="C24" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="D24" t="s">
-        <v>117</v>
+        <v>109</v>
       </c>
       <c r="E24" t="s">
-        <v>118</v>
+        <v>110</v>
       </c>
       <c r="F24" t="s" s="2">
-        <v>119</v>
+        <v>111</v>
       </c>
       <c r="G24" t="s">
-        <v>120</v>
+        <v>112</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>7</v>
       </c>
       <c r="B25" s="1">
-        <v>0.0219</v>
+        <v>0.0205</v>
       </c>
       <c r="C25" t="s">
-        <v>121</v>
+        <v>113</v>
       </c>
       <c r="D25" t="s">
-        <v>122</v>
+        <v>114</v>
       </c>
       <c r="E25" t="s">
-        <v>123</v>
+        <v>115</v>
       </c>
       <c r="F25" t="s" s="2">
-        <v>124</v>
+        <v>116</v>
       </c>
       <c r="G25" t="s">
-        <v>125</v>
+        <v>117</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>7</v>
       </c>
       <c r="B26" s="1">
-        <v>0.0179</v>
+        <v>0.0079</v>
       </c>
       <c r="C26" t="s">
-        <v>126</v>
+        <v>118</v>
       </c>
       <c r="D26" t="s">
-        <v>127</v>
+        <v>119</v>
       </c>
       <c r="E26" t="s">
-        <v>128</v>
+        <v>120</v>
       </c>
       <c r="F26" t="s" s="2">
-        <v>129</v>
+        <v>121</v>
       </c>
       <c r="G26" t="s">
-        <v>130</v>
+        <v>122</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>7</v>
       </c>
       <c r="B27" s="1">
-        <v>0.0014</v>
+        <v>0.0021</v>
       </c>
       <c r="C27" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D27" t="s">
-        <v>131</v>
+        <v>123</v>
       </c>
       <c r="E27" t="s">
-        <v>132</v>
+        <v>124</v>
       </c>
       <c r="F27" t="s" s="2">
-        <v>11</v>
+        <v>125</v>
       </c>
       <c r="G27" t="s">
-        <v>133</v>
+        <v>126</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>7</v>
       </c>
       <c r="B28" s="1">
-        <v>0.0014</v>
+        <v>0.002</v>
       </c>
       <c r="C28" t="s">
-        <v>23</v>
+        <v>127</v>
       </c>
       <c r="D28" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="E28" t="s">
-        <v>135</v>
+        <v>129</v>
       </c>
       <c r="F28" t="s" s="2">
-        <v>136</v>
+        <v>130</v>
       </c>
       <c r="G28" t="s">
-        <v>137</v>
+        <v>131</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>7</v>
       </c>
       <c r="B29" s="1">
-        <v>0.0014</v>
+        <v>0.0015</v>
       </c>
       <c r="C29" t="s">
-        <v>126</v>
+        <v>23</v>
       </c>
       <c r="D29" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
       <c r="E29" t="s">
-        <v>139</v>
+        <v>133</v>
       </c>
       <c r="F29" t="s" s="2">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="G29" t="s">
-        <v>141</v>
+        <v>135</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>7</v>
       </c>
       <c r="B30" s="1">
-        <v>0.0013</v>
+        <v>0.0014</v>
       </c>
       <c r="C30" t="s">
-        <v>62</v>
+        <v>43</v>
       </c>
       <c r="D30" t="s">
-        <v>142</v>
+        <v>136</v>
       </c>
       <c r="E30" t="s">
-        <v>143</v>
+        <v>137</v>
       </c>
       <c r="F30" t="s" s="2">
-        <v>144</v>
+        <v>138</v>
       </c>
       <c r="G30" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>7</v>
       </c>
       <c r="B31" s="1">
-        <v>0.0012</v>
+        <v>0.0013</v>
       </c>
       <c r="C31" t="s">
-        <v>18</v>
+        <v>93</v>
       </c>
       <c r="D31" t="s">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="E31" t="s">
-        <v>147</v>
+        <v>141</v>
       </c>
       <c r="F31" t="s" s="2">
-        <v>148</v>
+        <v>96</v>
       </c>
       <c r="G31" t="s">
-        <v>149</v>
+        <v>142</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>7</v>
       </c>
       <c r="B32" s="1">
-        <v>0.0011</v>
+        <v>0.001</v>
       </c>
       <c r="C32" t="s">
-        <v>101</v>
+        <v>143</v>
       </c>
       <c r="D32" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="E32" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="F32" t="s" s="2">
-        <v>104</v>
+        <v>146</v>
       </c>
       <c r="G32" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>7</v>
       </c>
       <c r="B33" s="1">
         <v>0.001</v>
       </c>
       <c r="C33" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="D33" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="E33" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="F33" t="s" s="2">
-        <v>155</v>
+        <v>21</v>
       </c>
       <c r="G33" t="s">
-        <v>156</v>
+        <v>150</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>7</v>
       </c>
       <c r="B34" s="1">
-        <v>0.001</v>
+        <v>0.0009</v>
       </c>
       <c r="C34" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="D34" t="s">
-        <v>157</v>
+        <v>151</v>
       </c>
       <c r="E34" t="s">
-        <v>158</v>
+        <v>152</v>
       </c>
       <c r="F34" t="s" s="2">
-        <v>60</v>
+        <v>153</v>
       </c>
       <c r="G34" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>7</v>
       </c>
       <c r="B35" s="1">
-        <v>0.001</v>
+        <v>0.0009</v>
       </c>
       <c r="C35" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="D35" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="E35" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="F35" t="s" s="2">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="G35" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>7</v>
       </c>
       <c r="B36" s="1">
-        <v>0.001</v>
+        <v>0.0008</v>
       </c>
       <c r="C36" t="s">
-        <v>165</v>
+        <v>108</v>
       </c>
       <c r="D36" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="E36" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="F36" t="s" s="2">
-        <v>168</v>
+        <v>162</v>
       </c>
       <c r="G36" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>7</v>
       </c>
       <c r="B37" s="1">
         <v>0.0007</v>
       </c>
       <c r="C37" t="s">
-        <v>28</v>
+        <v>164</v>
       </c>
       <c r="D37" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="E37" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="F37" t="s" s="2">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="G37" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>7</v>
       </c>
       <c r="B38" s="1">
         <v>0.0007</v>
       </c>
       <c r="C38" t="s">
-        <v>13</v>
+        <v>98</v>
       </c>
       <c r="D38" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="E38" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
       <c r="F38" t="s" s="2">
-        <v>176</v>
+        <v>101</v>
       </c>
       <c r="G38" t="s">
-        <v>177</v>
+        <v>171</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>7</v>
       </c>
       <c r="B39" s="1">
         <v>0.0007</v>
       </c>
       <c r="C39" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="D39" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
       <c r="E39" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="F39" t="s" s="2">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="G39" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>7</v>
       </c>
       <c r="B40" s="1">
         <v>0.0007</v>
       </c>
       <c r="C40" t="s">
-        <v>91</v>
+        <v>65</v>
       </c>
       <c r="D40" t="s">
-        <v>183</v>
+        <v>177</v>
       </c>
       <c r="E40" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="F40" t="s" s="2">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="G40" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>7</v>
       </c>
       <c r="B41" s="1">
         <v>0.0007</v>
       </c>
       <c r="C41" t="s">
-        <v>47</v>
+        <v>28</v>
       </c>
       <c r="D41" t="s">
-        <v>187</v>
+        <v>181</v>
       </c>
       <c r="E41" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
       <c r="F41" t="s" s="2">
-        <v>189</v>
+        <v>31</v>
       </c>
       <c r="G41" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>7</v>
       </c>
       <c r="B42" s="1">
-        <v>0.0006</v>
+        <v>0.0007</v>
       </c>
       <c r="C42" t="s">
-        <v>66</v>
+        <v>184</v>
       </c>
       <c r="D42" t="s">
-        <v>191</v>
+        <v>185</v>
       </c>
       <c r="E42" t="s">
-        <v>192</v>
+        <v>186</v>
       </c>
       <c r="F42" t="s" s="2">
-        <v>69</v>
+        <v>187</v>
       </c>
       <c r="G42" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>7</v>
       </c>
       <c r="B43" s="1">
-        <v>0.0006</v>
+        <v>0.0007</v>
       </c>
       <c r="C43" t="s">
-        <v>194</v>
+        <v>33</v>
       </c>
       <c r="D43" t="s">
-        <v>195</v>
+        <v>189</v>
       </c>
       <c r="E43" t="s">
-        <v>196</v>
+        <v>190</v>
       </c>
       <c r="F43" t="s" s="2">
-        <v>197</v>
+        <v>191</v>
       </c>
       <c r="G43" t="s">
-        <v>198</v>
+        <v>192</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>7</v>
       </c>
       <c r="B44" s="1">
         <v>0.0006</v>
       </c>
       <c r="C44" t="s">
-        <v>71</v>
+        <v>193</v>
       </c>
       <c r="D44" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="E44" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="F44" t="s" s="2">
-        <v>74</v>
+        <v>196</v>
       </c>
       <c r="G44" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>7</v>
       </c>
       <c r="B45" s="1">
         <v>0.0006</v>
       </c>
       <c r="C45" t="s">
-        <v>111</v>
+        <v>84</v>
       </c>
       <c r="D45" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="E45" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="F45" t="s" s="2">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="G45" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>7</v>
       </c>
       <c r="B46" s="1">
         <v>0.0006</v>
       </c>
       <c r="C46" t="s">
-        <v>81</v>
+        <v>113</v>
       </c>
       <c r="D46" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="E46" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="F46" t="s" s="2">
-        <v>84</v>
+        <v>204</v>
       </c>
       <c r="G46" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>7</v>
       </c>
       <c r="B47" s="1">
         <v>0.0006</v>
       </c>
       <c r="C47" t="s">
-        <v>76</v>
+        <v>206</v>
       </c>
       <c r="D47" t="s">
+        <v>207</v>
+      </c>
+      <c r="E47" t="s">
+        <v>208</v>
+      </c>
+      <c r="F47" t="s" s="2">
+        <v>187</v>
+      </c>
+      <c r="G47" t="s">
         <v>209</v>
-      </c>
-[...7 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>7</v>
       </c>
       <c r="B48" s="1">
-        <v>0.0005</v>
+        <v>0.0006</v>
       </c>
       <c r="C48" t="s">
+        <v>210</v>
+      </c>
+      <c r="D48" t="s">
+        <v>211</v>
+      </c>
+      <c r="E48" t="s">
+        <v>212</v>
+      </c>
+      <c r="F48" t="s" s="2">
+        <v>158</v>
+      </c>
+      <c r="G48" t="s">
         <v>213</v>
-      </c>
-[...10 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>7</v>
       </c>
       <c r="B49" s="1">
         <v>0.0005</v>
       </c>
       <c r="C49" t="s">
-        <v>116</v>
+        <v>214</v>
       </c>
       <c r="D49" t="s">
+        <v>215</v>
+      </c>
+      <c r="E49" t="s">
+        <v>216</v>
+      </c>
+      <c r="F49" t="s" s="2">
+        <v>217</v>
+      </c>
+      <c r="G49" t="s">
         <v>218</v>
-      </c>
-[...7 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>7</v>
       </c>
       <c r="B50" s="1">
-        <v>0.0004</v>
+        <v>0.0005</v>
       </c>
       <c r="C50" t="s">
+        <v>219</v>
+      </c>
+      <c r="D50" t="s">
+        <v>220</v>
+      </c>
+      <c r="E50" t="s">
         <v>221</v>
       </c>
-      <c r="D50" t="s">
+      <c r="F50" t="s" s="2">
         <v>222</v>
       </c>
-      <c r="E50" t="s">
+      <c r="G50" t="s">
         <v>223</v>
-      </c>
-[...4 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>7</v>
       </c>
       <c r="B51" s="1">
-        <v>0.0004</v>
+        <v>0.0005</v>
       </c>
       <c r="C51" t="s">
+        <v>224</v>
+      </c>
+      <c r="D51" t="s">
+        <v>225</v>
+      </c>
+      <c r="E51" t="s">
         <v>226</v>
       </c>
-      <c r="D51" t="s">
+      <c r="F51" t="s" s="2">
         <v>227</v>
       </c>
-      <c r="E51" t="s">
+      <c r="G51" t="s">
         <v>228</v>
-      </c>
-[...4 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>7</v>
       </c>
       <c r="B52" s="1">
-        <v>0.0004</v>
+        <v>0.0005</v>
       </c>
       <c r="C52" t="s">
+        <v>89</v>
+      </c>
+      <c r="D52" t="s">
+        <v>229</v>
+      </c>
+      <c r="E52" t="s">
+        <v>230</v>
+      </c>
+      <c r="F52" t="s" s="2">
         <v>231</v>
       </c>
-      <c r="D52" t="s">
+      <c r="G52" t="s">
         <v>232</v>
-      </c>
-[...7 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>7</v>
       </c>
       <c r="B53" s="1">
         <v>0.0004</v>
       </c>
       <c r="C53" t="s">
+        <v>233</v>
+      </c>
+      <c r="D53" t="s">
+        <v>234</v>
+      </c>
+      <c r="E53" t="s">
+        <v>235</v>
+      </c>
+      <c r="F53" t="s" s="2">
         <v>236</v>
       </c>
-      <c r="D53" t="s">
+      <c r="G53" t="s">
         <v>237</v>
-      </c>
-[...7 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>7</v>
       </c>
       <c r="B54" s="1">
-        <v>0.0004</v>
+        <v>0.0003</v>
       </c>
       <c r="C54" t="s">
+        <v>103</v>
+      </c>
+      <c r="D54" t="s">
+        <v>238</v>
+      </c>
+      <c r="E54" t="s">
+        <v>239</v>
+      </c>
+      <c r="F54" t="s" s="2">
+        <v>240</v>
+      </c>
+      <c r="G54" t="s">
         <v>241</v>
-      </c>
-[...10 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>7</v>
       </c>
       <c r="B55" s="1">
-        <v>0.0004</v>
+        <v>0.0003</v>
       </c>
       <c r="C55" t="s">
+        <v>242</v>
+      </c>
+      <c r="D55" t="s">
+        <v>243</v>
+      </c>
+      <c r="E55" t="s">
+        <v>244</v>
+      </c>
+      <c r="F55" t="s" s="2">
         <v>245</v>
       </c>
-      <c r="D55" t="s">
+      <c r="G55" t="s">
         <v>246</v>
-      </c>
-[...7 lines deleted...]
-        <v>248</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>7</v>
       </c>
       <c r="B56" s="1">
         <v>0.0003</v>
       </c>
       <c r="C56" t="s">
-        <v>121</v>
+        <v>247</v>
       </c>
       <c r="D56" t="s">
+        <v>248</v>
+      </c>
+      <c r="E56" t="s">
         <v>249</v>
       </c>
-      <c r="E56" t="s">
+      <c r="F56" t="s" s="2">
+        <v>21</v>
+      </c>
+      <c r="G56" t="s">
         <v>250</v>
-      </c>
-[...4 lines deleted...]
-        <v>252</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>7</v>
       </c>
       <c r="B57" s="1">
         <v>0.0003</v>
       </c>
       <c r="C57" t="s">
+        <v>251</v>
+      </c>
+      <c r="D57" t="s">
+        <v>252</v>
+      </c>
+      <c r="E57" t="s">
         <v>253</v>
       </c>
-      <c r="D57" t="s">
+      <c r="F57" t="s" s="2">
         <v>254</v>
       </c>
-      <c r="E57" t="s">
+      <c r="G57" t="s">
         <v>255</v>
-      </c>
-[...4 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>7</v>
       </c>
       <c r="B58" s="1">
         <v>0.0003</v>
       </c>
       <c r="C58" t="s">
+        <v>256</v>
+      </c>
+      <c r="D58" t="s">
+        <v>257</v>
+      </c>
+      <c r="E58" t="s">
         <v>258</v>
       </c>
-      <c r="D58" t="s">
+      <c r="F58" t="s" s="2">
         <v>259</v>
       </c>
-      <c r="E58" t="s">
+      <c r="G58" t="s">
         <v>260</v>
-      </c>
-[...4 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>7</v>
       </c>
       <c r="B59" s="1">
         <v>0.0003</v>
       </c>
       <c r="C59" t="s">
+        <v>48</v>
+      </c>
+      <c r="D59" t="s">
+        <v>261</v>
+      </c>
+      <c r="E59" t="s">
         <v>262</v>
       </c>
-      <c r="D59" t="s">
+      <c r="F59" t="s" s="2">
         <v>263</v>
       </c>
-      <c r="E59" t="s">
+      <c r="G59" t="s">
         <v>264</v>
-      </c>
-[...4 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>7</v>
       </c>
       <c r="B60" s="1">
         <v>0.0002</v>
       </c>
       <c r="C60" t="s">
-        <v>86</v>
+        <v>265</v>
       </c>
       <c r="D60" t="s">
+        <v>266</v>
+      </c>
+      <c r="E60" t="s">
         <v>267</v>
       </c>
-      <c r="E60" t="s">
+      <c r="F60" t="s" s="2">
         <v>268</v>
       </c>
-      <c r="F60" t="s" s="2">
+      <c r="G60" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>7</v>
       </c>
-      <c r="B61" s="1">
-        <v>-0.0005</v>
+      <c r="B61" t="s" s="1">
+        <v>270</v>
       </c>
       <c r="C61" t="s">
+        <v>84</v>
+      </c>
+      <c r="D61" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
       <c r="E61" t="s">
         <v>272</v>
       </c>
-      <c r="F61" t="s" s="2">
+      <c r="F61">
+        <v>1</v>
+      </c>
+      <c r="G61" t="s">
         <v>273</v>
       </c>
-      <c r="G61" t="s">
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>7</v>
+      </c>
+      <c r="B62" s="1">
+        <v>-0.0005</v>
+      </c>
+      <c r="C62" t="s">
         <v>274</v>
+      </c>
+      <c r="D62" t="s">
+        <v>275</v>
+      </c>
+      <c r="E62" t="s">
+        <v>275</v>
+      </c>
+      <c r="F62" t="s" s="2">
+        <v>276</v>
+      </c>
+      <c r="G62" t="s">
+        <v>277</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>