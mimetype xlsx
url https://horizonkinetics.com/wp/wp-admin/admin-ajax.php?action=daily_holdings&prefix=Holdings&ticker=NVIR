--- v0 (2025-10-30)
+++ v1 (2025-12-29)
@@ -9,578 +9,563 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="176" uniqueCount="176">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="171" uniqueCount="171">
   <si>
     <t>Data as of:</t>
   </si>
   <si>
     <t>% Net Assets</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Ticker</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>Shares Held</t>
   </si>
   <si>
     <t>Market Value</t>
   </si>
   <si>
-    <t>10/30/25</t>
+    <t>12/29/25</t>
+  </si>
+  <si>
+    <t>CES Energy Solutions Corp</t>
+  </si>
+  <si>
+    <t>CEU CN</t>
+  </si>
+  <si>
+    <t>BZ57CN7</t>
+  </si>
+  <si>
+    <t>24,705</t>
+  </si>
+  <si>
+    <t>$220,488</t>
+  </si>
+  <si>
+    <t>Williams Cos Inc/The</t>
+  </si>
+  <si>
+    <t>WMB</t>
+  </si>
+  <si>
+    <t>3,655</t>
+  </si>
+  <si>
+    <t>$217,546</t>
+  </si>
+  <si>
+    <t>Exxon Mobil Corp</t>
+  </si>
+  <si>
+    <t>XOM</t>
+  </si>
+  <si>
+    <t>30231G102</t>
+  </si>
+  <si>
+    <t>1,810</t>
+  </si>
+  <si>
+    <t>$215,589</t>
+  </si>
+  <si>
+    <t>EQT Corp</t>
+  </si>
+  <si>
+    <t>EQT</t>
+  </si>
+  <si>
+    <t>26884L109</t>
+  </si>
+  <si>
+    <t>3,705</t>
+  </si>
+  <si>
+    <t>$199,811</t>
   </si>
   <si>
     <t>Texas Pacific Land Corp</t>
   </si>
   <si>
     <t>TPL</t>
   </si>
   <si>
     <t>88262P102</t>
   </si>
   <si>
-    <t>$212,612</t>
-[...41 lines deleted...]
-    <t>$191,919</t>
+    <t>$198,403</t>
+  </si>
+  <si>
+    <t>Expand Energy Corp</t>
+  </si>
+  <si>
+    <t>EXE</t>
+  </si>
+  <si>
+    <t>1,425</t>
+  </si>
+  <si>
+    <t>$156,023</t>
   </si>
   <si>
     <t>WaterBridge Infrastructure LLC</t>
   </si>
   <si>
     <t>WBI</t>
   </si>
   <si>
     <t>7,500</t>
   </si>
   <si>
-    <t>$176,775</t>
-[...14 lines deleted...]
-    <t>$170,858</t>
+    <t>$151,425</t>
+  </si>
+  <si>
+    <t>Suncor Energy Inc</t>
+  </si>
+  <si>
+    <t>SU</t>
+  </si>
+  <si>
+    <t>3,465</t>
+  </si>
+  <si>
+    <t>$149,376</t>
   </si>
   <si>
     <t>Cheniere Energy Inc</t>
   </si>
   <si>
     <t>LNG</t>
   </si>
   <si>
     <t>16411R208</t>
   </si>
   <si>
-    <t>$165,737</t>
-[...11 lines deleted...]
-    <t>$143,084</t>
+    <t>$148,608</t>
+  </si>
+  <si>
+    <t>PrairieSky Royalty Ltd</t>
+  </si>
+  <si>
+    <t>PSK CN</t>
+  </si>
+  <si>
+    <t>BN320L4</t>
+  </si>
+  <si>
+    <t>6,955</t>
+  </si>
+  <si>
+    <t>$138,504</t>
   </si>
   <si>
     <t>Permian Basin Royalty Trust</t>
   </si>
   <si>
     <t>PBT</t>
   </si>
   <si>
     <t>7,760</t>
   </si>
   <si>
-    <t>$140,223</t>
-[...11 lines deleted...]
-    <t>$138,600</t>
+    <t>$131,687</t>
+  </si>
+  <si>
+    <t>TETRA Technologies Inc</t>
+  </si>
+  <si>
+    <t>TTI</t>
+  </si>
+  <si>
+    <t>88162F105</t>
+  </si>
+  <si>
+    <t>13,600</t>
+  </si>
+  <si>
+    <t>$127,024</t>
+  </si>
+  <si>
+    <t>Enerflex Ltd</t>
+  </si>
+  <si>
+    <t>EFXT</t>
+  </si>
+  <si>
+    <t>29269R105</t>
+  </si>
+  <si>
+    <t>8,325</t>
+  </si>
+  <si>
+    <t>$126,623</t>
+  </si>
+  <si>
+    <t>Diamondback Energy Inc</t>
+  </si>
+  <si>
+    <t>FANG</t>
+  </si>
+  <si>
+    <t>25278X109</t>
+  </si>
+  <si>
+    <t>$124,364</t>
+  </si>
+  <si>
+    <t>Secure Waste Infrastructure Corp</t>
+  </si>
+  <si>
+    <t>SES CN</t>
+  </si>
+  <si>
+    <t>BTTMWQ9</t>
+  </si>
+  <si>
+    <t>8,705</t>
+  </si>
+  <si>
+    <t>$111,533</t>
+  </si>
+  <si>
+    <t>Flowserve Corp</t>
+  </si>
+  <si>
+    <t>FLS</t>
+  </si>
+  <si>
+    <t>34354P105</t>
+  </si>
+  <si>
+    <t>1,495</t>
+  </si>
+  <si>
+    <t>$106,190</t>
+  </si>
+  <si>
+    <t>ConocoPhillips</t>
+  </si>
+  <si>
+    <t>COP</t>
+  </si>
+  <si>
+    <t>20825C104</t>
+  </si>
+  <si>
+    <t>1,100</t>
+  </si>
+  <si>
+    <t>$100,694</t>
+  </si>
+  <si>
+    <t>EOG Resources Inc</t>
+  </si>
+  <si>
+    <t>EOG</t>
+  </si>
+  <si>
+    <t>26875P101</t>
+  </si>
+  <si>
+    <t>$100,395</t>
+  </si>
+  <si>
+    <t>Pentair PLC</t>
+  </si>
+  <si>
+    <t>PNR</t>
+  </si>
+  <si>
+    <t>G7S00T104</t>
+  </si>
+  <si>
+    <t>$99,868</t>
+  </si>
+  <si>
+    <t>Trican Well Service Ltd</t>
+  </si>
+  <si>
+    <t>TCW CN</t>
+  </si>
+  <si>
+    <t>22,415</t>
+  </si>
+  <si>
+    <t>$96,005</t>
   </si>
   <si>
     <t>Itron Inc</t>
   </si>
   <si>
     <t>ITRI</t>
   </si>
   <si>
-    <t>$127,126</t>
-[...137 lines deleted...]
-    <t>$88,399</t>
+    <t>$88,743</t>
   </si>
   <si>
     <t>Ecolab Inc</t>
   </si>
   <si>
     <t>ECL</t>
   </si>
   <si>
-    <t>$84,965</t>
+    <t>$87,698</t>
+  </si>
+  <si>
+    <t>Watts Water Technologies Inc</t>
+  </si>
+  <si>
+    <t>WTS</t>
+  </si>
+  <si>
+    <t>$83,857</t>
+  </si>
+  <si>
+    <t>SLB Ltd</t>
+  </si>
+  <si>
+    <t>SLB</t>
+  </si>
+  <si>
+    <t>2,115</t>
+  </si>
+  <si>
+    <t>$79,926</t>
   </si>
   <si>
     <t>Badger Meter Inc</t>
   </si>
   <si>
     <t>BMI</t>
   </si>
   <si>
     <t>056525108</t>
   </si>
   <si>
-    <t>$80,520</t>
-[...20 lines deleted...]
-    <t>$77,895</t>
+    <t>$79,530</t>
   </si>
   <si>
     <t>Occidental Petroleum Corp</t>
   </si>
   <si>
     <t>OXY</t>
   </si>
   <si>
     <t>1,905</t>
   </si>
   <si>
-    <t>$77,305</t>
+    <t>$75,914</t>
+  </si>
+  <si>
+    <t>IDEXX Laboratories Inc</t>
+  </si>
+  <si>
+    <t>IDXX</t>
+  </si>
+  <si>
+    <t>45168D104</t>
+  </si>
+  <si>
+    <t>$72,290</t>
   </si>
   <si>
     <t>Xylem Inc/NY</t>
   </si>
   <si>
     <t>XYL</t>
   </si>
   <si>
     <t>98419M100</t>
   </si>
   <si>
-    <t>$76,475</t>
+    <t>$69,400</t>
+  </si>
+  <si>
+    <t>Veralto Corp</t>
+  </si>
+  <si>
+    <t>VLTO</t>
+  </si>
+  <si>
+    <t>92338C103</t>
+  </si>
+  <si>
+    <t>$67,766</t>
+  </si>
+  <si>
+    <t>Liberty Energy Inc</t>
+  </si>
+  <si>
+    <t>LBRT</t>
+  </si>
+  <si>
+    <t>53115L104</t>
+  </si>
+  <si>
+    <t>$63,410</t>
   </si>
   <si>
     <t>Fluor Corp</t>
   </si>
   <si>
     <t>FLR</t>
   </si>
   <si>
     <t>1,430</t>
   </si>
   <si>
-    <t>$70,513</t>
-[...50 lines deleted...]
-    <t>$65,227</t>
+    <t>$58,373</t>
+  </si>
+  <si>
+    <t>US BANK MMDA - USBGFS 7 06/01/2031</t>
+  </si>
+  <si>
+    <t>USBGFS7</t>
+  </si>
+  <si>
+    <t>8AMMF0FT3</t>
+  </si>
+  <si>
+    <t>58,431</t>
+  </si>
+  <si>
+    <t>$58,431</t>
   </si>
   <si>
     <t>San Juan Basin Royalty Trust</t>
   </si>
   <si>
     <t>SJT</t>
   </si>
   <si>
     <t>10,983</t>
   </si>
   <si>
-    <t>$59,638</t>
+    <t>$58,210</t>
   </si>
   <si>
     <t>Franklin Electric Co Inc</t>
   </si>
   <si>
     <t>FELE</t>
   </si>
   <si>
-    <t>$52,880</t>
+    <t>$55,062</t>
+  </si>
+  <si>
+    <t>IDEX Corp</t>
+  </si>
+  <si>
+    <t>IEX</t>
+  </si>
+  <si>
+    <t>45167R104</t>
+  </si>
+  <si>
+    <t>$41,474</t>
+  </si>
+  <si>
+    <t>Calfrac Well Services Ltd</t>
+  </si>
+  <si>
+    <t>CFW CN</t>
+  </si>
+  <si>
+    <t>BNLXSR1</t>
+  </si>
+  <si>
+    <t>11,935</t>
+  </si>
+  <si>
+    <t>$36,263</t>
+  </si>
+  <si>
+    <t>Sabine Royalty Trust</t>
+  </si>
+  <si>
+    <t>SBR</t>
+  </si>
+  <si>
+    <t>$34,387</t>
   </si>
   <si>
     <t>Energy Recovery Inc</t>
   </si>
   <si>
     <t>ERII</t>
   </si>
   <si>
     <t>29270J100</t>
   </si>
   <si>
     <t>2,440</t>
   </si>
   <si>
-    <t>$41,895</t>
-[...50 lines deleted...]
-    <t>$24,215</t>
+    <t>$33,867</t>
   </si>
   <si>
     <t>Cash &amp; Other</t>
   </si>
   <si>
     <t>Cash&amp;Other</t>
   </si>
   <si>
-    <t>-1,407</t>
-[...2 lines deleted...]
-    <t>$-1,407</t>
+    <t>1,642</t>
+  </si>
+  <si>
+    <t>$1,642</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="1">
     <fill>
       <patternFill patternType="none"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
@@ -588,998 +573,975 @@
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:I41"/>
+  <dimension ref="A1:I40"/>
   <cols>
     <col min="1" max="1" width="12"/>
     <col min="2" max="2" width="13"/>
     <col min="3" max="3" width="35"/>
     <col min="4" max="4" width="11"/>
     <col min="5" max="5" width="11"/>
     <col min="6" max="6" width="12"/>
     <col min="7" max="7" width="13"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="1">
-        <v>0.0527</v>
+        <v>0.0542</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
-      <c r="F2">
-        <v>230</v>
+      <c r="F2" t="s" s="2">
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" s="1">
-        <v>0.0522</v>
+        <v>0.0535</v>
       </c>
       <c r="C3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="E3" t="s">
         <v>14</v>
+      </c>
+      <c r="E3">
+        <v>969457100</v>
       </c>
       <c r="F3" t="s" s="2">
         <v>15</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4" s="1">
-        <v>0.0516</v>
+        <v>0.053</v>
       </c>
       <c r="C4" t="s">
         <v>17</v>
       </c>
       <c r="D4" t="s">
         <v>18</v>
       </c>
-      <c r="E4">
-        <v>969457100</v>
+      <c r="E4" t="s">
+        <v>19</v>
       </c>
       <c r="F4" t="s" s="2">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>7</v>
       </c>
       <c r="B5" s="1">
-        <v>0.0476</v>
+        <v>0.0491</v>
       </c>
       <c r="C5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F5" t="s" s="2">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>7</v>
       </c>
       <c r="B6" s="1">
-        <v>0.0438</v>
+        <v>0.0488</v>
       </c>
       <c r="C6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D6" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-      <c r="F6" t="s" s="2">
         <v>28</v>
       </c>
+      <c r="E6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F6">
+        <v>690</v>
+      </c>
       <c r="G6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>7</v>
       </c>
       <c r="B7" s="1">
-        <v>0.0424</v>
+        <v>0.0384</v>
       </c>
       <c r="C7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D7" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="E7" t="s">
         <v>32</v>
+      </c>
+      <c r="E7">
+        <v>165167735</v>
       </c>
       <c r="F7" t="s" s="2">
         <v>33</v>
       </c>
       <c r="G7" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>7</v>
       </c>
       <c r="B8" s="1">
-        <v>0.0411</v>
+        <v>0.0372</v>
       </c>
       <c r="C8" t="s">
         <v>35</v>
       </c>
       <c r="D8" t="s">
         <v>36</v>
       </c>
-      <c r="E8" t="s">
+      <c r="E8">
+        <v>940923105</v>
+      </c>
+      <c r="F8" t="s" s="2">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>785</v>
       </c>
       <c r="G8" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="1">
-        <v>0.0355</v>
+        <v>0.0367</v>
       </c>
       <c r="C9" t="s">
         <v>39</v>
       </c>
       <c r="D9" t="s">
         <v>40</v>
       </c>
       <c r="E9">
-        <v>165167735</v>
+        <v>867224107</v>
       </c>
       <c r="F9" t="s" s="2">
         <v>41</v>
       </c>
       <c r="G9" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="1">
-        <v>0.0348</v>
+        <v>0.0365</v>
       </c>
       <c r="C10" t="s">
         <v>43</v>
       </c>
       <c r="D10" t="s">
         <v>44</v>
       </c>
-      <c r="E10">
-[...2 lines deleted...]
-      <c r="F10" t="s" s="2">
+      <c r="E10" t="s">
         <v>45</v>
+      </c>
+      <c r="F10">
+        <v>785</v>
       </c>
       <c r="G10" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>7</v>
       </c>
       <c r="B11" s="1">
-        <v>0.0344</v>
+        <v>0.0341</v>
       </c>
       <c r="C11" t="s">
         <v>47</v>
       </c>
       <c r="D11" t="s">
         <v>48</v>
       </c>
-      <c r="E11">
-        <v>867224107</v>
+      <c r="E11" t="s">
+        <v>49</v>
       </c>
       <c r="F11" t="s" s="2">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G11" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>7</v>
       </c>
       <c r="B12" s="1">
-        <v>0.0315</v>
+        <v>0.0324</v>
       </c>
       <c r="C12" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D12" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E12">
-        <v>465741106</v>
-[...2 lines deleted...]
-        <v>920</v>
+        <v>714236106</v>
+      </c>
+      <c r="F12" t="s" s="2">
+        <v>54</v>
       </c>
       <c r="G12" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="1">
-        <v>0.031</v>
+        <v>0.0312</v>
       </c>
       <c r="C13" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="D13" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="E13" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="F13" t="s" s="2">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="G13" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="1">
-        <v>0.0303</v>
+        <v>0.0311</v>
       </c>
       <c r="C14" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="D14" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="E14" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>850</v>
+        <v>63</v>
+      </c>
+      <c r="F14" t="s" s="2">
+        <v>64</v>
       </c>
       <c r="G14" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>7</v>
       </c>
       <c r="B15" s="1">
-        <v>0.0284</v>
+        <v>0.0306</v>
       </c>
       <c r="C15" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="D15" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="E15" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>68</v>
+      </c>
+      <c r="F15">
+        <v>850</v>
       </c>
       <c r="G15" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="1">
-        <v>0.0262</v>
+        <v>0.0274</v>
       </c>
       <c r="C16" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D16" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="E16" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="F16" t="s" s="2">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="G16" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="1">
-        <v>0.0256</v>
+        <v>0.0261</v>
       </c>
       <c r="C17" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="D17" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="E17" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="F17" t="s" s="2">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="G17" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="1">
-        <v>0.0255</v>
+        <v>0.0248</v>
       </c>
       <c r="C18" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="D18" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="E18" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>970</v>
+        <v>82</v>
+      </c>
+      <c r="F18" t="s" s="2">
+        <v>83</v>
       </c>
       <c r="G18" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="1">
-        <v>0.0252</v>
+        <v>0.0247</v>
       </c>
       <c r="C19" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="D19" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="E19" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="F19">
-        <v>945</v>
+        <v>970</v>
       </c>
       <c r="G19" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="1">
-        <v>0.0243</v>
+        <v>0.0246</v>
       </c>
       <c r="C20" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="D20" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="E20" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>89</v>
+        <v>91</v>
+      </c>
+      <c r="F20">
+        <v>945</v>
       </c>
       <c r="G20" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="1">
-        <v>0.024</v>
+        <v>0.0236</v>
       </c>
       <c r="C21" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="D21" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-        <v>93</v>
+        <v>94</v>
+      </c>
+      <c r="E21">
+        <v>2869964</v>
       </c>
       <c r="F21" t="s" s="2">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="G21" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="1">
-        <v>0.0219</v>
+        <v>0.0218</v>
       </c>
       <c r="C22" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D22" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E22">
-        <v>2869964</v>
-[...2 lines deleted...]
-        <v>98</v>
+        <v>465741106</v>
+      </c>
+      <c r="F22">
+        <v>920</v>
       </c>
       <c r="G22" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="1">
-        <v>0.0211</v>
+        <v>0.0216</v>
       </c>
       <c r="C23" t="s">
         <v>100</v>
       </c>
       <c r="D23" t="s">
         <v>101</v>
       </c>
       <c r="E23">
         <v>278865100</v>
       </c>
       <c r="F23">
         <v>330</v>
       </c>
       <c r="G23" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>7</v>
       </c>
       <c r="B24" s="1">
-        <v>0.02</v>
+        <v>0.0206</v>
       </c>
       <c r="C24" t="s">
         <v>103</v>
       </c>
       <c r="D24" t="s">
         <v>104</v>
       </c>
-      <c r="E24" t="s" s="2">
+      <c r="E24">
+        <v>942749102</v>
+      </c>
+      <c r="F24">
+        <v>295</v>
+      </c>
+      <c r="G24" t="s">
         <v>105</v>
-      </c>
-[...4 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>7</v>
       </c>
       <c r="B25" s="1">
-        <v>0.02</v>
+        <v>0.0197</v>
       </c>
       <c r="C25" t="s">
+        <v>106</v>
+      </c>
+      <c r="D25" t="s">
         <v>107</v>
       </c>
-      <c r="D25" t="s">
+      <c r="E25">
+        <v>806857108</v>
+      </c>
+      <c r="F25" t="s" s="2">
         <v>108</v>
-      </c>
-[...4 lines deleted...]
-        <v>295</v>
       </c>
       <c r="G25" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>7</v>
       </c>
       <c r="B26" s="1">
-        <v>0.0193</v>
+        <v>0.0196</v>
       </c>
       <c r="C26" t="s">
         <v>110</v>
       </c>
       <c r="D26" t="s">
         <v>111</v>
       </c>
-      <c r="E26">
-[...2 lines deleted...]
-      <c r="F26" t="s" s="2">
+      <c r="E26" t="s" s="2">
         <v>112</v>
+      </c>
+      <c r="F26">
+        <v>440</v>
       </c>
       <c r="G26" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>7</v>
       </c>
       <c r="B27" s="1">
-        <v>0.0192</v>
+        <v>0.0187</v>
       </c>
       <c r="C27" t="s">
         <v>114</v>
       </c>
       <c r="D27" t="s">
         <v>115</v>
       </c>
       <c r="E27">
         <v>674599105</v>
       </c>
       <c r="F27" t="s" s="2">
         <v>116</v>
       </c>
       <c r="G27" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>7</v>
       </c>
       <c r="B28" s="1">
-        <v>0.019</v>
+        <v>0.0178</v>
       </c>
       <c r="C28" t="s">
         <v>118</v>
       </c>
       <c r="D28" t="s">
         <v>119</v>
       </c>
       <c r="E28" t="s">
         <v>120</v>
       </c>
       <c r="F28">
-        <v>500</v>
+        <v>105</v>
       </c>
       <c r="G28" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>7</v>
       </c>
       <c r="B29" s="1">
-        <v>0.0175</v>
+        <v>0.0171</v>
       </c>
       <c r="C29" t="s">
         <v>122</v>
       </c>
       <c r="D29" t="s">
         <v>123</v>
       </c>
-      <c r="E29">
-[...2 lines deleted...]
-      <c r="F29" t="s" s="2">
+      <c r="E29" t="s">
         <v>124</v>
+      </c>
+      <c r="F29">
+        <v>500</v>
       </c>
       <c r="G29" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>7</v>
       </c>
       <c r="B30" s="1">
-        <v>0.0164</v>
+        <v>0.0167</v>
       </c>
       <c r="C30" t="s">
         <v>126</v>
       </c>
       <c r="D30" t="s">
         <v>127</v>
       </c>
       <c r="E30" t="s">
         <v>128</v>
       </c>
       <c r="F30">
         <v>666</v>
       </c>
       <c r="G30" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>7</v>
       </c>
       <c r="B31" s="1">
-        <v>0.0163</v>
+        <v>0.0156</v>
       </c>
       <c r="C31" t="s">
         <v>130</v>
       </c>
       <c r="D31" t="s">
         <v>131</v>
       </c>
       <c r="E31" t="s">
         <v>132</v>
       </c>
-      <c r="F31">
-        <v>105</v>
+      <c r="F31" t="s" s="2">
+        <v>41</v>
       </c>
       <c r="G31" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>7</v>
       </c>
       <c r="B32" s="1">
-        <v>0.0163</v>
+        <v>0.0144</v>
       </c>
       <c r="C32" t="s">
         <v>134</v>
       </c>
       <c r="D32" t="s">
         <v>135</v>
       </c>
-      <c r="E32" t="s">
+      <c r="E32">
+        <v>343412102</v>
+      </c>
+      <c r="F32" t="s" s="2">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="G32" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>7</v>
       </c>
       <c r="B33" s="1">
-        <v>0.0162</v>
+        <v>0.0144</v>
       </c>
       <c r="C33" t="s">
         <v>138</v>
       </c>
       <c r="D33" t="s">
         <v>139</v>
       </c>
       <c r="E33" t="s">
         <v>140</v>
       </c>
       <c r="F33" t="s" s="2">
         <v>141</v>
       </c>
       <c r="G33" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>7</v>
       </c>
       <c r="B34" s="1">
-        <v>0.0148</v>
+        <v>0.0143</v>
       </c>
       <c r="C34" t="s">
         <v>143</v>
       </c>
       <c r="D34" t="s">
         <v>144</v>
       </c>
       <c r="E34">
         <v>798241105</v>
       </c>
       <c r="F34" t="s" s="2">
         <v>145</v>
       </c>
       <c r="G34" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>7</v>
       </c>
       <c r="B35" s="1">
-        <v>0.0131</v>
+        <v>0.0135</v>
       </c>
       <c r="C35" t="s">
         <v>147</v>
       </c>
       <c r="D35" t="s">
         <v>148</v>
       </c>
       <c r="E35">
         <v>353514102</v>
       </c>
       <c r="F35">
         <v>555</v>
       </c>
       <c r="G35" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>7</v>
       </c>
       <c r="B36" s="1">
-        <v>0.0104</v>
+        <v>0.0102</v>
       </c>
       <c r="C36" t="s">
         <v>150</v>
       </c>
       <c r="D36" t="s">
         <v>151</v>
       </c>
       <c r="E36" t="s">
         <v>152</v>
       </c>
-      <c r="F36" t="s" s="2">
+      <c r="F36">
+        <v>230</v>
+      </c>
+      <c r="G36" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>7</v>
       </c>
       <c r="B37" s="1">
-        <v>0.0099</v>
+        <v>0.0089</v>
       </c>
       <c r="C37" t="s">
+        <v>154</v>
+      </c>
+      <c r="D37" t="s">
         <v>155</v>
       </c>
-      <c r="D37" t="s">
+      <c r="E37" t="s">
         <v>156</v>
       </c>
-      <c r="E37" t="s">
+      <c r="F37" t="s" s="2">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
       <c r="G37" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>7</v>
       </c>
       <c r="B38" s="1">
-        <v>0.0086</v>
+        <v>0.0085</v>
       </c>
       <c r="C38" t="s">
         <v>159</v>
       </c>
       <c r="D38" t="s">
         <v>160</v>
       </c>
       <c r="E38">
         <v>785688102</v>
       </c>
       <c r="F38">
         <v>493</v>
       </c>
       <c r="G38" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>7</v>
       </c>
       <c r="B39" s="1">
-        <v>0.0065</v>
+        <v>0.0083</v>
       </c>
       <c r="C39" t="s">
         <v>162</v>
       </c>
       <c r="D39" t="s">
         <v>163</v>
       </c>
       <c r="E39" t="s">
         <v>164</v>
       </c>
       <c r="F39" t="s" s="2">
         <v>165</v>
       </c>
       <c r="G39" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>7</v>
       </c>
       <c r="B40" s="1">
-        <v>0.006</v>
+        <v>0.0004</v>
       </c>
       <c r="C40" t="s">
         <v>167</v>
       </c>
       <c r="D40" t="s">
         <v>168</v>
       </c>
       <c r="E40" t="s">
+        <v>168</v>
+      </c>
+      <c r="F40" t="s" s="2">
         <v>169</v>
       </c>
-      <c r="F40" t="s" s="2">
+      <c r="G40" t="s">
         <v>170</v>
-      </c>
-[...24 lines deleted...]
-        <v>175</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>