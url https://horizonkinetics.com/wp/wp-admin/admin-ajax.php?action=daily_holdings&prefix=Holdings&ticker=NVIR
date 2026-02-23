--- v1 (2025-12-29)
+++ v2 (2026-02-23)
@@ -32,540 +32,540 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="171" uniqueCount="171">
   <si>
     <t>Data as of:</t>
   </si>
   <si>
     <t>% Net Assets</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Ticker</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>Shares Held</t>
   </si>
   <si>
     <t>Market Value</t>
   </si>
   <si>
-    <t>12/29/25</t>
+    <t>02/23/26</t>
+  </si>
+  <si>
+    <t>Texas Pacific Land Corp</t>
+  </si>
+  <si>
+    <t>TPL</t>
+  </si>
+  <si>
+    <t>88262P102</t>
+  </si>
+  <si>
+    <t>$344,917</t>
   </si>
   <si>
     <t>CES Energy Solutions Corp</t>
   </si>
   <si>
     <t>CEU CN</t>
   </si>
   <si>
     <t>BZ57CN7</t>
   </si>
   <si>
     <t>24,705</t>
   </si>
   <si>
-    <t>$220,488</t>
+    <t>$291,508</t>
   </si>
   <si>
     <t>Williams Cos Inc/The</t>
   </si>
   <si>
     <t>WMB</t>
   </si>
   <si>
     <t>3,655</t>
   </si>
   <si>
-    <t>$217,546</t>
+    <t>$266,742</t>
   </si>
   <si>
     <t>Exxon Mobil Corp</t>
   </si>
   <si>
     <t>XOM</t>
   </si>
   <si>
     <t>30231G102</t>
   </si>
   <si>
     <t>1,810</t>
   </si>
   <si>
-    <t>$215,589</t>
+    <t>$266,577</t>
   </si>
   <si>
     <t>EQT Corp</t>
   </si>
   <si>
     <t>EQT</t>
   </si>
   <si>
     <t>26884L109</t>
   </si>
   <si>
     <t>3,705</t>
   </si>
   <si>
-    <t>$199,811</t>
-[...11 lines deleted...]
-    <t>$198,403</t>
+    <t>$224,153</t>
+  </si>
+  <si>
+    <t>Suncor Energy Inc</t>
+  </si>
+  <si>
+    <t>SU</t>
+  </si>
+  <si>
+    <t>3,465</t>
+  </si>
+  <si>
+    <t>$193,139</t>
+  </si>
+  <si>
+    <t>WaterBridge Infrastructure LLC</t>
+  </si>
+  <si>
+    <t>WBI</t>
+  </si>
+  <si>
+    <t>7,500</t>
+  </si>
+  <si>
+    <t>$190,875</t>
+  </si>
+  <si>
+    <t>Cheniere Energy Inc</t>
+  </si>
+  <si>
+    <t>LNG</t>
+  </si>
+  <si>
+    <t>16411R208</t>
+  </si>
+  <si>
+    <t>$177,779</t>
+  </si>
+  <si>
+    <t>Enerflex Ltd</t>
+  </si>
+  <si>
+    <t>EFXT</t>
+  </si>
+  <si>
+    <t>29269R105</t>
+  </si>
+  <si>
+    <t>8,325</t>
+  </si>
+  <si>
+    <t>$161,921</t>
+  </si>
+  <si>
+    <t>PrairieSky Royalty Ltd</t>
+  </si>
+  <si>
+    <t>PSK CN</t>
+  </si>
+  <si>
+    <t>BN320L4</t>
+  </si>
+  <si>
+    <t>6,955</t>
+  </si>
+  <si>
+    <t>$154,674</t>
   </si>
   <si>
     <t>Expand Energy Corp</t>
   </si>
   <si>
     <t>EXE</t>
   </si>
   <si>
     <t>1,425</t>
   </si>
   <si>
-    <t>$156,023</t>
-[...50 lines deleted...]
-    <t>$138,504</t>
+    <t>$153,986</t>
+  </si>
+  <si>
+    <t>TETRA Technologies Inc</t>
+  </si>
+  <si>
+    <t>TTI</t>
+  </si>
+  <si>
+    <t>88162F105</t>
+  </si>
+  <si>
+    <t>13,600</t>
+  </si>
+  <si>
+    <t>$151,096</t>
   </si>
   <si>
     <t>Permian Basin Royalty Trust</t>
   </si>
   <si>
     <t>PBT</t>
   </si>
   <si>
     <t>7,760</t>
   </si>
   <si>
-    <t>$131,687</t>
-[...29 lines deleted...]
-    <t>$126,623</t>
+    <t>$149,923</t>
   </si>
   <si>
     <t>Diamondback Energy Inc</t>
   </si>
   <si>
     <t>FANG</t>
   </si>
   <si>
     <t>25278X109</t>
   </si>
   <si>
-    <t>$124,364</t>
+    <t>$149,609</t>
+  </si>
+  <si>
+    <t>Flowserve Corp</t>
+  </si>
+  <si>
+    <t>FLS</t>
+  </si>
+  <si>
+    <t>34354P105</t>
+  </si>
+  <si>
+    <t>1,495</t>
+  </si>
+  <si>
+    <t>$132,965</t>
   </si>
   <si>
     <t>Secure Waste Infrastructure Corp</t>
   </si>
   <si>
     <t>SES CN</t>
   </si>
   <si>
     <t>BTTMWQ9</t>
   </si>
   <si>
     <t>8,705</t>
   </si>
   <si>
-    <t>$111,533</t>
-[...14 lines deleted...]
-    <t>$106,190</t>
+    <t>$126,898</t>
   </si>
   <si>
     <t>ConocoPhillips</t>
   </si>
   <si>
     <t>COP</t>
   </si>
   <si>
     <t>20825C104</t>
   </si>
   <si>
     <t>1,100</t>
   </si>
   <si>
-    <t>$100,694</t>
+    <t>$121,583</t>
   </si>
   <si>
     <t>EOG Resources Inc</t>
   </si>
   <si>
     <t>EOG</t>
   </si>
   <si>
     <t>26875P101</t>
   </si>
   <si>
-    <t>$100,395</t>
+    <t>$119,388</t>
+  </si>
+  <si>
+    <t>SLB Ltd</t>
+  </si>
+  <si>
+    <t>SLB</t>
+  </si>
+  <si>
+    <t>2,115</t>
+  </si>
+  <si>
+    <t>$107,548</t>
+  </si>
+  <si>
+    <t>Trican Well Service Ltd</t>
+  </si>
+  <si>
+    <t>TCW CN</t>
+  </si>
+  <si>
+    <t>22,415</t>
+  </si>
+  <si>
+    <t>$106,843</t>
+  </si>
+  <si>
+    <t>Ecolab Inc</t>
+  </si>
+  <si>
+    <t>ECL</t>
+  </si>
+  <si>
+    <t>$100,373</t>
+  </si>
+  <si>
+    <t>Occidental Petroleum Corp</t>
+  </si>
+  <si>
+    <t>OXY</t>
+  </si>
+  <si>
+    <t>1,905</t>
+  </si>
+  <si>
+    <t>$98,755</t>
   </si>
   <si>
     <t>Pentair PLC</t>
   </si>
   <si>
     <t>PNR</t>
   </si>
   <si>
     <t>G7S00T104</t>
   </si>
   <si>
-    <t>$99,868</t>
-[...11 lines deleted...]
-    <t>$96,005</t>
+    <t>$96,418</t>
+  </si>
+  <si>
+    <t>Watts Water Technologies Inc</t>
+  </si>
+  <si>
+    <t>WTS</t>
+  </si>
+  <si>
+    <t>$96,374</t>
+  </si>
+  <si>
+    <t>Liberty Energy Inc</t>
+  </si>
+  <si>
+    <t>LBRT</t>
+  </si>
+  <si>
+    <t>53115L104</t>
+  </si>
+  <si>
+    <t>$93,035</t>
   </si>
   <si>
     <t>Itron Inc</t>
   </si>
   <si>
     <t>ITRI</t>
   </si>
   <si>
-    <t>$88,743</t>
-[...29 lines deleted...]
-    <t>$79,926</t>
+    <t>$91,577</t>
+  </si>
+  <si>
+    <t>Fluor Corp</t>
+  </si>
+  <si>
+    <t>FLR</t>
+  </si>
+  <si>
+    <t>1,430</t>
+  </si>
+  <si>
+    <t>$76,777</t>
   </si>
   <si>
     <t>Badger Meter Inc</t>
   </si>
   <si>
     <t>BMI</t>
   </si>
   <si>
     <t>056525108</t>
   </si>
   <si>
-    <t>$79,530</t>
-[...11 lines deleted...]
-    <t>$75,914</t>
+    <t>$70,123</t>
   </si>
   <si>
     <t>IDEXX Laboratories Inc</t>
   </si>
   <si>
     <t>IDXX</t>
   </si>
   <si>
     <t>45168D104</t>
   </si>
   <si>
-    <t>$72,290</t>
+    <t>$66,744</t>
   </si>
   <si>
     <t>Xylem Inc/NY</t>
   </si>
   <si>
     <t>XYL</t>
   </si>
   <si>
     <t>98419M100</t>
   </si>
   <si>
-    <t>$69,400</t>
+    <t>$64,335</t>
   </si>
   <si>
     <t>Veralto Corp</t>
   </si>
   <si>
     <t>VLTO</t>
   </si>
   <si>
     <t>92338C103</t>
   </si>
   <si>
-    <t>$67,766</t>
-[...23 lines deleted...]
-    <t>$58,373</t>
+    <t>$61,991</t>
   </si>
   <si>
     <t>US BANK MMDA - USBGFS 7 06/01/2031</t>
   </si>
   <si>
     <t>USBGFS7</t>
   </si>
   <si>
     <t>8AMMF0FT3</t>
   </si>
   <si>
-    <t>58,431</t>
-[...2 lines deleted...]
-    <t>$58,431</t>
+    <t>61,494</t>
+  </si>
+  <si>
+    <t>$61,494</t>
   </si>
   <si>
     <t>San Juan Basin Royalty Trust</t>
   </si>
   <si>
     <t>SJT</t>
   </si>
   <si>
     <t>10,983</t>
   </si>
   <si>
-    <t>$58,210</t>
+    <t>$60,736</t>
   </si>
   <si>
     <t>Franklin Electric Co Inc</t>
   </si>
   <si>
     <t>FELE</t>
   </si>
   <si>
-    <t>$55,062</t>
+    <t>$53,191</t>
+  </si>
+  <si>
+    <t>Calfrac Well Services Ltd</t>
+  </si>
+  <si>
+    <t>CFW CN</t>
+  </si>
+  <si>
+    <t>BNLXSR1</t>
+  </si>
+  <si>
+    <t>11,935</t>
+  </si>
+  <si>
+    <t>$49,647</t>
   </si>
   <si>
     <t>IDEX Corp</t>
   </si>
   <si>
     <t>IEX</t>
   </si>
   <si>
     <t>45167R104</t>
   </si>
   <si>
-    <t>$41,474</t>
-[...14 lines deleted...]
-    <t>$36,263</t>
+    <t>$47,720</t>
+  </si>
+  <si>
+    <t>Energy Recovery Inc</t>
+  </si>
+  <si>
+    <t>ERII</t>
+  </si>
+  <si>
+    <t>29270J100</t>
+  </si>
+  <si>
+    <t>2,440</t>
+  </si>
+  <si>
+    <t>$39,626</t>
   </si>
   <si>
     <t>Sabine Royalty Trust</t>
   </si>
   <si>
     <t>SBR</t>
   </si>
   <si>
-    <t>$34,387</t>
-[...14 lines deleted...]
-    <t>$33,867</t>
+    <t>$34,456</t>
   </si>
   <si>
     <t>Cash &amp; Other</t>
   </si>
   <si>
     <t>Cash&amp;Other</t>
   </si>
   <si>
-    <t>1,642</t>
-[...2 lines deleted...]
-    <t>$1,642</t>
+    <t>2,234</t>
+  </si>
+  <si>
+    <t>$2,234</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="1">
     <fill>
       <patternFill patternType="none"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
@@ -612,350 +612,350 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="1">
-        <v>0.0542</v>
+        <v>0.071</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
-      <c r="F2" t="s" s="2">
+      <c r="F2">
+        <v>690</v>
+      </c>
+      <c r="G2" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" s="1">
-        <v>0.0535</v>
+        <v>0.06</v>
       </c>
       <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
         <v>13</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>969457100</v>
       </c>
       <c r="F3" t="s" s="2">
         <v>15</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4" s="1">
-        <v>0.053</v>
+        <v>0.0549</v>
       </c>
       <c r="C4" t="s">
         <v>17</v>
       </c>
       <c r="D4" t="s">
         <v>18</v>
       </c>
-      <c r="E4" t="s">
+      <c r="E4">
+        <v>969457100</v>
+      </c>
+      <c r="F4" t="s" s="2">
         <v>19</v>
       </c>
-      <c r="F4" t="s" s="2">
+      <c r="G4" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>7</v>
       </c>
       <c r="B5" s="1">
-        <v>0.0491</v>
+        <v>0.0549</v>
       </c>
       <c r="C5" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" t="s">
         <v>22</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>23</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s" s="2">
         <v>24</v>
       </c>
-      <c r="F5" t="s" s="2">
+      <c r="G5" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>7</v>
       </c>
       <c r="B6" s="1">
-        <v>0.0488</v>
+        <v>0.0461</v>
       </c>
       <c r="C6" t="s">
+        <v>26</v>
+      </c>
+      <c r="D6" t="s">
         <v>27</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>28</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s" s="2">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>690</v>
       </c>
       <c r="G6" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>7</v>
       </c>
       <c r="B7" s="1">
-        <v>0.0384</v>
+        <v>0.0398</v>
       </c>
       <c r="C7" t="s">
         <v>31</v>
       </c>
       <c r="D7" t="s">
         <v>32</v>
       </c>
       <c r="E7">
-        <v>165167735</v>
+        <v>867224107</v>
       </c>
       <c r="F7" t="s" s="2">
         <v>33</v>
       </c>
       <c r="G7" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>7</v>
       </c>
       <c r="B8" s="1">
-        <v>0.0372</v>
+        <v>0.0393</v>
       </c>
       <c r="C8" t="s">
         <v>35</v>
       </c>
       <c r="D8" t="s">
         <v>36</v>
       </c>
       <c r="E8">
         <v>940923105</v>
       </c>
       <c r="F8" t="s" s="2">
         <v>37</v>
       </c>
       <c r="G8" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="1">
-        <v>0.0367</v>
+        <v>0.0366</v>
       </c>
       <c r="C9" t="s">
         <v>39</v>
       </c>
       <c r="D9" t="s">
         <v>40</v>
       </c>
-      <c r="E9">
-[...2 lines deleted...]
-      <c r="F9" t="s" s="2">
+      <c r="E9" t="s">
         <v>41</v>
+      </c>
+      <c r="F9">
+        <v>785</v>
       </c>
       <c r="G9" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="1">
-        <v>0.0365</v>
+        <v>0.0333</v>
       </c>
       <c r="C10" t="s">
         <v>43</v>
       </c>
       <c r="D10" t="s">
         <v>44</v>
       </c>
       <c r="E10" t="s">
         <v>45</v>
       </c>
-      <c r="F10">
-        <v>785</v>
+      <c r="F10" t="s" s="2">
+        <v>46</v>
       </c>
       <c r="G10" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>7</v>
       </c>
       <c r="B11" s="1">
-        <v>0.0341</v>
+        <v>0.0318</v>
       </c>
       <c r="C11" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D11" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E11" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F11" t="s" s="2">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G11" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>7</v>
       </c>
       <c r="B12" s="1">
-        <v>0.0324</v>
+        <v>0.0317</v>
       </c>
       <c r="C12" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D12" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E12">
-        <v>714236106</v>
+        <v>165167735</v>
       </c>
       <c r="F12" t="s" s="2">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G12" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="1">
-        <v>0.0312</v>
+        <v>0.0311</v>
       </c>
       <c r="C13" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D13" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E13" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F13" t="s" s="2">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G13" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="1">
-        <v>0.0311</v>
+        <v>0.0309</v>
       </c>
       <c r="C14" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D14" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="E14" t="s">
         <v>63</v>
+      </c>
+      <c r="E14">
+        <v>714236106</v>
       </c>
       <c r="F14" t="s" s="2">
         <v>64</v>
       </c>
       <c r="G14" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>7</v>
       </c>
       <c r="B15" s="1">
-        <v>0.0306</v>
+        <v>0.0308</v>
       </c>
       <c r="C15" t="s">
         <v>66</v>
       </c>
       <c r="D15" t="s">
         <v>67</v>
       </c>
       <c r="E15" t="s">
         <v>68</v>
       </c>
       <c r="F15">
         <v>850</v>
       </c>
       <c r="G15" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="1">
         <v>0.0274</v>
       </c>
       <c r="C16" t="s">
@@ -980,557 +980,557 @@
       </c>
       <c r="B17" s="1">
         <v>0.0261</v>
       </c>
       <c r="C17" t="s">
         <v>75</v>
       </c>
       <c r="D17" t="s">
         <v>76</v>
       </c>
       <c r="E17" t="s">
         <v>77</v>
       </c>
       <c r="F17" t="s" s="2">
         <v>78</v>
       </c>
       <c r="G17" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="1">
-        <v>0.0248</v>
+        <v>0.025</v>
       </c>
       <c r="C18" t="s">
         <v>80</v>
       </c>
       <c r="D18" t="s">
         <v>81</v>
       </c>
       <c r="E18" t="s">
         <v>82</v>
       </c>
       <c r="F18" t="s" s="2">
         <v>83</v>
       </c>
       <c r="G18" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="1">
-        <v>0.0247</v>
+        <v>0.0246</v>
       </c>
       <c r="C19" t="s">
         <v>85</v>
       </c>
       <c r="D19" t="s">
         <v>86</v>
       </c>
       <c r="E19" t="s">
         <v>87</v>
       </c>
       <c r="F19">
         <v>970</v>
       </c>
       <c r="G19" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="1">
-        <v>0.0246</v>
+        <v>0.0221</v>
       </c>
       <c r="C20" t="s">
         <v>89</v>
       </c>
       <c r="D20" t="s">
         <v>90</v>
       </c>
-      <c r="E20" t="s">
+      <c r="E20">
+        <v>806857108</v>
+      </c>
+      <c r="F20" t="s" s="2">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>945</v>
       </c>
       <c r="G20" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="1">
-        <v>0.0236</v>
+        <v>0.022</v>
       </c>
       <c r="C21" t="s">
         <v>93</v>
       </c>
       <c r="D21" t="s">
         <v>94</v>
       </c>
       <c r="E21">
         <v>2869964</v>
       </c>
       <c r="F21" t="s" s="2">
         <v>95</v>
       </c>
       <c r="G21" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="1">
-        <v>0.0218</v>
+        <v>0.0207</v>
       </c>
       <c r="C22" t="s">
         <v>97</v>
       </c>
       <c r="D22" t="s">
         <v>98</v>
       </c>
       <c r="E22">
-        <v>465741106</v>
+        <v>278865100</v>
       </c>
       <c r="F22">
-        <v>920</v>
+        <v>330</v>
       </c>
       <c r="G22" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="1">
-        <v>0.0216</v>
+        <v>0.0203</v>
       </c>
       <c r="C23" t="s">
         <v>100</v>
       </c>
       <c r="D23" t="s">
         <v>101</v>
       </c>
       <c r="E23">
-        <v>278865100</v>
-[...2 lines deleted...]
-        <v>330</v>
+        <v>674599105</v>
+      </c>
+      <c r="F23" t="s" s="2">
+        <v>102</v>
       </c>
       <c r="G23" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>7</v>
       </c>
       <c r="B24" s="1">
-        <v>0.0206</v>
+        <v>0.0198</v>
       </c>
       <c r="C24" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D24" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>942749102</v>
+        <v>105</v>
+      </c>
+      <c r="E24" t="s">
+        <v>106</v>
       </c>
       <c r="F24">
-        <v>295</v>
+        <v>945</v>
       </c>
       <c r="G24" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>7</v>
       </c>
       <c r="B25" s="1">
-        <v>0.0197</v>
+        <v>0.0198</v>
       </c>
       <c r="C25" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="D25" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="E25">
-        <v>806857108</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>942749102</v>
+      </c>
+      <c r="F25">
+        <v>295</v>
       </c>
       <c r="G25" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>7</v>
       </c>
       <c r="B26" s="1">
-        <v>0.0196</v>
+        <v>0.0192</v>
       </c>
       <c r="C26" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D26" t="s">
-        <v>111</v>
-[...1 lines deleted...]
-      <c r="E26" t="s" s="2">
         <v>112</v>
       </c>
-      <c r="F26">
-        <v>440</v>
+      <c r="E26" t="s">
+        <v>113</v>
+      </c>
+      <c r="F26" t="s" s="2">
+        <v>33</v>
       </c>
       <c r="G26" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>7</v>
       </c>
       <c r="B27" s="1">
-        <v>0.0187</v>
+        <v>0.0189</v>
       </c>
       <c r="C27" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D27" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E27">
-        <v>674599105</v>
-[...2 lines deleted...]
-        <v>116</v>
+        <v>465741106</v>
+      </c>
+      <c r="F27">
+        <v>920</v>
       </c>
       <c r="G27" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>7</v>
       </c>
       <c r="B28" s="1">
-        <v>0.0178</v>
+        <v>0.0158</v>
       </c>
       <c r="C28" t="s">
         <v>118</v>
       </c>
       <c r="D28" t="s">
         <v>119</v>
       </c>
-      <c r="E28" t="s">
+      <c r="E28">
+        <v>343412102</v>
+      </c>
+      <c r="F28" t="s" s="2">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="G28" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>7</v>
       </c>
       <c r="B29" s="1">
-        <v>0.0171</v>
+        <v>0.0144</v>
       </c>
       <c r="C29" t="s">
         <v>122</v>
       </c>
       <c r="D29" t="s">
         <v>123</v>
       </c>
-      <c r="E29" t="s">
+      <c r="E29" t="s" s="2">
         <v>124</v>
       </c>
       <c r="F29">
-        <v>500</v>
+        <v>440</v>
       </c>
       <c r="G29" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>7</v>
       </c>
       <c r="B30" s="1">
-        <v>0.0167</v>
+        <v>0.0137</v>
       </c>
       <c r="C30" t="s">
         <v>126</v>
       </c>
       <c r="D30" t="s">
         <v>127</v>
       </c>
       <c r="E30" t="s">
         <v>128</v>
       </c>
       <c r="F30">
-        <v>666</v>
+        <v>105</v>
       </c>
       <c r="G30" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>7</v>
       </c>
       <c r="B31" s="1">
-        <v>0.0156</v>
+        <v>0.0132</v>
       </c>
       <c r="C31" t="s">
         <v>130</v>
       </c>
       <c r="D31" t="s">
         <v>131</v>
       </c>
       <c r="E31" t="s">
         <v>132</v>
       </c>
-      <c r="F31" t="s" s="2">
-        <v>41</v>
+      <c r="F31">
+        <v>500</v>
       </c>
       <c r="G31" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>7</v>
       </c>
       <c r="B32" s="1">
-        <v>0.0144</v>
+        <v>0.0128</v>
       </c>
       <c r="C32" t="s">
         <v>134</v>
       </c>
       <c r="D32" t="s">
         <v>135</v>
       </c>
-      <c r="E32">
-[...2 lines deleted...]
-      <c r="F32" t="s" s="2">
+      <c r="E32" t="s">
         <v>136</v>
+      </c>
+      <c r="F32">
+        <v>666</v>
       </c>
       <c r="G32" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>7</v>
       </c>
       <c r="B33" s="1">
-        <v>0.0144</v>
+        <v>0.0127</v>
       </c>
       <c r="C33" t="s">
         <v>138</v>
       </c>
       <c r="D33" t="s">
         <v>139</v>
       </c>
       <c r="E33" t="s">
         <v>140</v>
       </c>
       <c r="F33" t="s" s="2">
         <v>141</v>
       </c>
       <c r="G33" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>7</v>
       </c>
       <c r="B34" s="1">
-        <v>0.0143</v>
+        <v>0.0125</v>
       </c>
       <c r="C34" t="s">
         <v>143</v>
       </c>
       <c r="D34" t="s">
         <v>144</v>
       </c>
       <c r="E34">
         <v>798241105</v>
       </c>
       <c r="F34" t="s" s="2">
         <v>145</v>
       </c>
       <c r="G34" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>7</v>
       </c>
       <c r="B35" s="1">
-        <v>0.0135</v>
+        <v>0.0109</v>
       </c>
       <c r="C35" t="s">
         <v>147</v>
       </c>
       <c r="D35" t="s">
         <v>148</v>
       </c>
       <c r="E35">
         <v>353514102</v>
       </c>
       <c r="F35">
         <v>555</v>
       </c>
       <c r="G35" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>7</v>
       </c>
       <c r="B36" s="1">
         <v>0.0102</v>
       </c>
       <c r="C36" t="s">
         <v>150</v>
       </c>
       <c r="D36" t="s">
         <v>151</v>
       </c>
       <c r="E36" t="s">
         <v>152</v>
       </c>
-      <c r="F36">
-        <v>230</v>
+      <c r="F36" t="s" s="2">
+        <v>153</v>
       </c>
       <c r="G36" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>7</v>
       </c>
       <c r="B37" s="1">
-        <v>0.0089</v>
+        <v>0.0098</v>
       </c>
       <c r="C37" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D37" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E37" t="s">
-        <v>156</v>
-[...1 lines deleted...]
-      <c r="F37" t="s" s="2">
         <v>157</v>
+      </c>
+      <c r="F37">
+        <v>230</v>
       </c>
       <c r="G37" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>7</v>
       </c>
       <c r="B38" s="1">
-        <v>0.0085</v>
+        <v>0.0082</v>
       </c>
       <c r="C38" t="s">
         <v>159</v>
       </c>
       <c r="D38" t="s">
         <v>160</v>
       </c>
-      <c r="E38">
-[...3 lines deleted...]
-        <v>493</v>
+      <c r="E38" t="s">
+        <v>161</v>
+      </c>
+      <c r="F38" t="s" s="2">
+        <v>162</v>
       </c>
       <c r="G38" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>7</v>
       </c>
       <c r="B39" s="1">
-        <v>0.0083</v>
+        <v>0.0071</v>
       </c>
       <c r="C39" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="D39" t="s">
-        <v>163</v>
-[...4 lines deleted...]
-      <c r="F39" t="s" s="2">
         <v>165</v>
+      </c>
+      <c r="E39">
+        <v>785688102</v>
+      </c>
+      <c r="F39">
+        <v>493</v>
       </c>
       <c r="G39" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>7</v>
       </c>
       <c r="B40" s="1">
-        <v>0.0004</v>
+        <v>0.0005</v>
       </c>
       <c r="C40" t="s">
         <v>167</v>
       </c>
       <c r="D40" t="s">
         <v>168</v>
       </c>
       <c r="E40" t="s">
         <v>168</v>
       </c>
       <c r="F40" t="s" s="2">
         <v>169</v>
       </c>
       <c r="G40" t="s">
         <v>170</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>