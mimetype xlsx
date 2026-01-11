--- v0 (2025-11-11)
+++ v1 (2026-01-11)
@@ -9,551 +9,536 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="167" uniqueCount="167">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="162" uniqueCount="162">
   <si>
     <t>Data as of:</t>
   </si>
   <si>
     <t>% Net Assets</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Ticker</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>Shares Held</t>
   </si>
   <si>
     <t>Market Value</t>
   </si>
   <si>
-    <t>11/11/25</t>
+    <t>01/12/26</t>
   </si>
   <si>
     <t>AbbVie Inc</t>
   </si>
   <si>
     <t>ABBV</t>
   </si>
   <si>
     <t>00287Y109</t>
   </si>
   <si>
     <t>7,356</t>
   </si>
   <si>
-    <t>$1,608,831</t>
+    <t>$1,618,908</t>
   </si>
   <si>
     <t>US BANK MMDA - USBGFS 7 06/01/2031</t>
   </si>
   <si>
     <t>USBGFS7</t>
   </si>
   <si>
     <t>8AMMF0FT3</t>
   </si>
   <si>
-    <t>1,597,569</t>
-[...2 lines deleted...]
-    <t>$1,597,569</t>
+    <t>1,408,062</t>
+  </si>
+  <si>
+    <t>$1,408,062</t>
   </si>
   <si>
     <t>Novartis AG</t>
   </si>
   <si>
     <t>NVS</t>
   </si>
   <si>
     <t>66987V109</t>
   </si>
   <si>
     <t>9,194</t>
   </si>
   <si>
-    <t>$1,169,477</t>
+    <t>$1,301,319</t>
+  </si>
+  <si>
+    <t>AstraZeneca PLC</t>
+  </si>
+  <si>
+    <t>AZN</t>
+  </si>
+  <si>
+    <t>046353108</t>
+  </si>
+  <si>
+    <t>10,994</t>
+  </si>
+  <si>
+    <t>$1,040,582</t>
+  </si>
+  <si>
+    <t>Ionis Pharmaceuticals Inc</t>
+  </si>
+  <si>
+    <t>IONS</t>
+  </si>
+  <si>
+    <t>11,952</t>
+  </si>
+  <si>
+    <t>$959,746</t>
   </si>
   <si>
     <t>Alnylam Pharmaceuticals Inc</t>
   </si>
   <si>
     <t>ALNY</t>
   </si>
   <si>
     <t>02043Q107</t>
   </si>
   <si>
     <t>2,376</t>
   </si>
   <si>
-    <t>$1,049,479</t>
-[...14 lines deleted...]
-    <t>$961,755</t>
+    <t>$946,337</t>
   </si>
   <si>
     <t>Johnson &amp; Johnson</t>
   </si>
   <si>
     <t>JNJ</t>
   </si>
   <si>
     <t>4,602</t>
   </si>
   <si>
-    <t>$867,063</t>
-[...11 lines deleted...]
-    <t>$831,142</t>
+    <t>$940,603</t>
   </si>
   <si>
     <t>Bristol-Myers Squibb Co</t>
   </si>
   <si>
     <t>BMY</t>
   </si>
   <si>
     <t>16,052</t>
   </si>
   <si>
-    <t>$758,618</t>
+    <t>$896,665</t>
   </si>
   <si>
     <t>Amgen Inc</t>
   </si>
   <si>
     <t>AMGN</t>
   </si>
   <si>
     <t>031162100</t>
   </si>
   <si>
     <t>2,260</t>
   </si>
   <si>
-    <t>$731,472</t>
+    <t>$736,986</t>
+  </si>
+  <si>
+    <t>Merck &amp; Co Inc</t>
+  </si>
+  <si>
+    <t>MRK</t>
+  </si>
+  <si>
+    <t>58933Y105</t>
+  </si>
+  <si>
+    <t>6,436</t>
+  </si>
+  <si>
+    <t>$711,371</t>
   </si>
   <si>
     <t>Alkermes PLC</t>
   </si>
   <si>
     <t>ALKS</t>
   </si>
   <si>
     <t>G01767105</t>
   </si>
   <si>
     <t>22,066</t>
   </si>
   <si>
-    <t>$720,455</t>
+    <t>$654,478</t>
   </si>
   <si>
     <t>Pfizer Inc</t>
   </si>
   <si>
     <t>PFE</t>
   </si>
   <si>
     <t>24,824</t>
   </si>
   <si>
-    <t>$605,457</t>
-[...14 lines deleted...]
-    <t>$558,323</t>
+    <t>$632,516</t>
+  </si>
+  <si>
+    <t>Biogen Inc</t>
+  </si>
+  <si>
+    <t>BIIB</t>
+  </si>
+  <si>
+    <t>09062X103</t>
+  </si>
+  <si>
+    <t>2,988</t>
+  </si>
+  <si>
+    <t>$560,609</t>
+  </si>
+  <si>
+    <t>Regeneron Pharmaceuticals Inc</t>
+  </si>
+  <si>
+    <t>REGN</t>
+  </si>
+  <si>
+    <t>75886F107</t>
+  </si>
+  <si>
+    <t>$549,620</t>
   </si>
   <si>
     <t>CRISPR Therapeutics AG</t>
   </si>
   <si>
     <t>CRSP</t>
   </si>
   <si>
     <t>H17182108</t>
   </si>
   <si>
     <t>10,114</t>
   </si>
   <si>
-    <t>$552,022</t>
+    <t>$544,538</t>
   </si>
   <si>
     <t>GSK PLC</t>
   </si>
   <si>
     <t>GSK</t>
   </si>
   <si>
     <t>37733W204</t>
   </si>
   <si>
     <t>10,792</t>
   </si>
   <si>
-    <t>$511,109</t>
-[...26 lines deleted...]
-    <t>$451,771</t>
+    <t>$543,809</t>
   </si>
   <si>
     <t>Eli Lilly &amp; Co</t>
   </si>
   <si>
     <t>LLY</t>
   </si>
   <si>
     <t>3,218</t>
   </si>
   <si>
-    <t>$3,110,648</t>
+    <t>$3,422,536</t>
+  </si>
+  <si>
+    <t>Beam Therapeutics Inc</t>
+  </si>
+  <si>
+    <t>BEAM</t>
+  </si>
+  <si>
+    <t>07373V105</t>
+  </si>
+  <si>
+    <t>$253,295</t>
+  </si>
+  <si>
+    <t>Vanda Pharmaceuticals Inc</t>
+  </si>
+  <si>
+    <t>VNDA</t>
+  </si>
+  <si>
+    <t>$181,960</t>
   </si>
   <si>
     <t>Galectin Therapeutics Inc</t>
   </si>
   <si>
     <t>GALT</t>
   </si>
   <si>
     <t>51,484</t>
   </si>
   <si>
-    <t>$267,717</t>
-[...11 lines deleted...]
-    <t>$199,050</t>
+    <t>$162,175</t>
   </si>
   <si>
     <t>Intellia Therapeutics Inc</t>
   </si>
   <si>
     <t>NTLA</t>
   </si>
   <si>
     <t>45826J105</t>
   </si>
   <si>
     <t>13,792</t>
   </si>
   <si>
-    <t>$134,196</t>
+    <t>$143,161</t>
+  </si>
+  <si>
+    <t>Sandoz Group AG</t>
+  </si>
+  <si>
+    <t>SDZNY</t>
+  </si>
+  <si>
+    <t>1,840</t>
+  </si>
+  <si>
+    <t>$139,454</t>
   </si>
   <si>
     <t>Haleon PLC</t>
   </si>
   <si>
     <t>HLN</t>
   </si>
   <si>
     <t>13,491</t>
   </si>
   <si>
-    <t>$129,109</t>
-[...11 lines deleted...]
-    <t>$123,906</t>
+    <t>$133,696</t>
   </si>
   <si>
     <t>Replimune Group Inc</t>
   </si>
   <si>
     <t>REPL</t>
   </si>
   <si>
     <t>76029N106</t>
   </si>
   <si>
-    <t>$120,128</t>
-[...8 lines deleted...]
-    <t>$109,722</t>
+    <t>$110,750</t>
   </si>
   <si>
     <t>Lantern Pharma Inc</t>
   </si>
   <si>
     <t>LTRN</t>
   </si>
   <si>
     <t>51654W101</t>
   </si>
   <si>
     <t>27,582</t>
   </si>
   <si>
-    <t>$97,916</t>
+    <t>$96,261</t>
   </si>
   <si>
     <t>Bicycle Therapeutics PLC</t>
   </si>
   <si>
     <t>BCYC</t>
   </si>
   <si>
     <t>088786108</t>
   </si>
   <si>
-    <t>$90,751</t>
+    <t>$91,579</t>
+  </si>
+  <si>
+    <t>GE HealthCare Technologies Inc</t>
+  </si>
+  <si>
+    <t>GEHC</t>
+  </si>
+  <si>
+    <t>36266G107</t>
+  </si>
+  <si>
+    <t>$80,298</t>
   </si>
   <si>
     <t>Editas Medicine Inc</t>
   </si>
   <si>
     <t>EDIT</t>
   </si>
   <si>
     <t>28106W103</t>
   </si>
   <si>
     <t>30,340</t>
   </si>
   <si>
-    <t>$76,457</t>
-[...11 lines deleted...]
-    <t>$67,602</t>
+    <t>$62,804</t>
+  </si>
+  <si>
+    <t>Viatris Inc</t>
+  </si>
+  <si>
+    <t>VTRS</t>
+  </si>
+  <si>
+    <t>92556V106</t>
+  </si>
+  <si>
+    <t>3,422</t>
+  </si>
+  <si>
+    <t>$43,665</t>
+  </si>
+  <si>
+    <t>Allogene Therapeutics Inc</t>
+  </si>
+  <si>
+    <t>ALLO</t>
+  </si>
+  <si>
+    <t>019770106</t>
+  </si>
+  <si>
+    <t>18,388</t>
+  </si>
+  <si>
+    <t>$31,443</t>
   </si>
   <si>
     <t>Cash &amp; Other</t>
   </si>
   <si>
     <t>Cash&amp;Other</t>
   </si>
   <si>
-    <t>39,442</t>
-[...32 lines deleted...]
-    <t>$21,698</t>
+    <t>24,061</t>
+  </si>
+  <si>
+    <t>$24,061</t>
   </si>
   <si>
     <t>Pacific Biosciences of California Inc</t>
   </si>
   <si>
     <t>PACB</t>
   </si>
   <si>
     <t>69404D108</t>
   </si>
   <si>
     <t>11,034</t>
   </si>
   <si>
-    <t>$19,420</t>
-[...14 lines deleted...]
-    <t>$4,637</t>
+    <t>$21,406</t>
   </si>
   <si>
     <t>0.00%</t>
   </si>
   <si>
     <t>Pathos AI Inc</t>
   </si>
   <si>
     <t>2368714D</t>
   </si>
   <si>
     <t>BBG01L7QKRJ5</t>
   </si>
   <si>
     <t>23,992</t>
   </si>
   <si>
     <t>$0</t>
   </si>
   <si>
-    <t>Salarius Pharmaceuticals Inc</t>
-[...2 lines deleted...]
-    <t>SLRX</t>
+    <t>Decoy Therapeutics Inc</t>
+  </si>
+  <si>
+    <t>DCOY</t>
   </si>
   <si>
     <t>79400X503</t>
   </si>
   <si>
-    <t>$498</t>
+    <t>$204</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="1">
     <fill>
       <patternFill patternType="none"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
@@ -561,883 +546,860 @@
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:I36"/>
+  <dimension ref="A1:I35"/>
   <cols>
     <col min="1" max="1" width="12"/>
     <col min="2" max="2" width="13"/>
     <col min="3" max="3" width="38"/>
     <col min="4" max="4" width="11"/>
     <col min="5" max="5" width="13"/>
     <col min="6" max="6" width="12"/>
     <col min="7" max="7" width="13"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="1">
-        <v>0.0889</v>
+        <v>0.085</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s" s="2">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" s="1">
-        <v>0.0883</v>
+        <v>0.0739</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s" s="2">
         <v>16</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4" s="1">
-        <v>0.0646</v>
+        <v>0.0683</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s" s="2">
         <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>7</v>
       </c>
       <c r="B5" s="1">
-        <v>0.058</v>
+        <v>0.0546</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5" t="s">
         <v>24</v>
       </c>
-      <c r="E5" t="s">
+      <c r="E5" t="s" s="2">
         <v>25</v>
       </c>
       <c r="F5" t="s" s="2">
         <v>26</v>
       </c>
       <c r="G5" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>7</v>
       </c>
       <c r="B6" s="1">
-        <v>0.0532</v>
+        <v>0.0504</v>
       </c>
       <c r="C6" t="s">
         <v>28</v>
       </c>
       <c r="D6" t="s">
         <v>29</v>
       </c>
-      <c r="E6" t="s" s="2">
+      <c r="E6">
+        <v>462222100</v>
+      </c>
+      <c r="F6" t="s" s="2">
         <v>30</v>
       </c>
-      <c r="F6" t="s" s="2">
+      <c r="G6" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>7</v>
       </c>
       <c r="B7" s="1">
-        <v>0.0479</v>
+        <v>0.0497</v>
       </c>
       <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
         <v>33</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>478160104</v>
       </c>
       <c r="F7" t="s" s="2">
         <v>35</v>
       </c>
       <c r="G7" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>7</v>
       </c>
       <c r="B8" s="1">
-        <v>0.0459</v>
+        <v>0.0494</v>
       </c>
       <c r="C8" t="s">
         <v>37</v>
       </c>
       <c r="D8" t="s">
         <v>38</v>
       </c>
       <c r="E8">
-        <v>462222100</v>
+        <v>478160104</v>
       </c>
       <c r="F8" t="s" s="2">
         <v>39</v>
       </c>
       <c r="G8" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="1">
-        <v>0.0419</v>
+        <v>0.0471</v>
       </c>
       <c r="C9" t="s">
         <v>41</v>
       </c>
       <c r="D9" t="s">
         <v>42</v>
       </c>
       <c r="E9">
         <v>110122108</v>
       </c>
       <c r="F9" t="s" s="2">
         <v>43</v>
       </c>
       <c r="G9" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="1">
-        <v>0.0404</v>
+        <v>0.0387</v>
       </c>
       <c r="C10" t="s">
         <v>45</v>
       </c>
       <c r="D10" t="s">
         <v>46</v>
       </c>
       <c r="E10" t="s" s="2">
         <v>47</v>
       </c>
       <c r="F10" t="s" s="2">
         <v>48</v>
       </c>
       <c r="G10" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>7</v>
       </c>
       <c r="B11" s="1">
-        <v>0.0398</v>
+        <v>0.0374</v>
       </c>
       <c r="C11" t="s">
         <v>50</v>
       </c>
       <c r="D11" t="s">
         <v>51</v>
       </c>
       <c r="E11" t="s">
         <v>52</v>
       </c>
       <c r="F11" t="s" s="2">
         <v>53</v>
       </c>
       <c r="G11" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>7</v>
       </c>
       <c r="B12" s="1">
-        <v>0.0335</v>
+        <v>0.0344</v>
       </c>
       <c r="C12" t="s">
         <v>55</v>
       </c>
       <c r="D12" t="s">
         <v>56</v>
       </c>
-      <c r="E12">
-        <v>717081103</v>
+      <c r="E12" t="s">
+        <v>57</v>
       </c>
       <c r="F12" t="s" s="2">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G12" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="1">
-        <v>0.0309</v>
+        <v>0.0332</v>
       </c>
       <c r="C13" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D13" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="E13" t="s">
         <v>61</v>
+      </c>
+      <c r="E13">
+        <v>717081103</v>
       </c>
       <c r="F13" t="s" s="2">
         <v>62</v>
       </c>
       <c r="G13" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="1">
-        <v>0.0305</v>
+        <v>0.0294</v>
       </c>
       <c r="C14" t="s">
         <v>64</v>
       </c>
       <c r="D14" t="s">
         <v>65</v>
       </c>
       <c r="E14" t="s">
         <v>66</v>
       </c>
       <c r="F14" t="s" s="2">
         <v>67</v>
       </c>
       <c r="G14" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>7</v>
       </c>
       <c r="B15" s="1">
-        <v>0.0283</v>
+        <v>0.0289</v>
       </c>
       <c r="C15" t="s">
         <v>69</v>
       </c>
       <c r="D15" t="s">
         <v>70</v>
       </c>
       <c r="E15" t="s">
         <v>71</v>
       </c>
-      <c r="F15" t="s" s="2">
+      <c r="F15">
+        <v>690</v>
+      </c>
+      <c r="G15" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="1">
-        <v>0.0258</v>
+        <v>0.0286</v>
       </c>
       <c r="C16" t="s">
+        <v>73</v>
+      </c>
+      <c r="D16" t="s">
         <v>74</v>
       </c>
-      <c r="D16" t="s">
+      <c r="E16" t="s">
         <v>75</v>
       </c>
-      <c r="E16" t="s">
+      <c r="F16" t="s" s="2">
         <v>76</v>
       </c>
-      <c r="F16" t="s" s="2">
+      <c r="G16" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="1">
-        <v>0.025</v>
+        <v>0.0286</v>
       </c>
       <c r="C17" t="s">
+        <v>78</v>
+      </c>
+      <c r="D17" t="s">
         <v>79</v>
       </c>
-      <c r="D17" t="s">
+      <c r="E17" t="s">
         <v>80</v>
       </c>
-      <c r="E17" t="s">
+      <c r="F17" t="s" s="2">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>690</v>
       </c>
       <c r="G17" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="1">
-        <v>0.172</v>
+        <v>0.1797</v>
       </c>
       <c r="C18" t="s">
         <v>83</v>
       </c>
       <c r="D18" t="s">
         <v>84</v>
       </c>
       <c r="E18">
         <v>532457108</v>
       </c>
       <c r="F18" t="s" s="2">
         <v>85</v>
       </c>
       <c r="G18" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="1">
-        <v>0.0148</v>
+        <v>0.0133</v>
       </c>
       <c r="C19" t="s">
         <v>87</v>
       </c>
       <c r="D19" t="s">
         <v>88</v>
       </c>
-      <c r="E19">
-        <v>363225202</v>
+      <c r="E19" t="s">
+        <v>89</v>
       </c>
       <c r="F19" t="s" s="2">
-        <v>89</v>
+        <v>21</v>
       </c>
       <c r="G19" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="1">
-        <v>0.011</v>
+        <v>0.0096</v>
       </c>
       <c r="C20" t="s">
         <v>91</v>
       </c>
       <c r="D20" t="s">
         <v>92</v>
       </c>
-      <c r="E20" t="s">
+      <c r="E20">
+        <v>921659108</v>
+      </c>
+      <c r="F20" t="s" s="2">
+        <v>62</v>
+      </c>
+      <c r="G20" t="s">
         <v>93</v>
-      </c>
-[...4 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="1">
-        <v>0.0074</v>
+        <v>0.0085</v>
       </c>
       <c r="C21" t="s">
+        <v>94</v>
+      </c>
+      <c r="D21" t="s">
         <v>95</v>
       </c>
-      <c r="D21" t="s">
+      <c r="E21">
+        <v>363225202</v>
+      </c>
+      <c r="F21" t="s" s="2">
         <v>96</v>
       </c>
-      <c r="E21" t="s">
+      <c r="G21" t="s">
         <v>97</v>
-      </c>
-[...4 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="1">
-        <v>0.0071</v>
+        <v>0.0075</v>
       </c>
       <c r="C22" t="s">
+        <v>98</v>
+      </c>
+      <c r="D22" t="s">
+        <v>99</v>
+      </c>
+      <c r="E22" t="s">
         <v>100</v>
       </c>
-      <c r="D22" t="s">
+      <c r="F22" t="s" s="2">
         <v>101</v>
       </c>
-      <c r="E22">
-[...2 lines deleted...]
-      <c r="F22" t="s" s="2">
+      <c r="G22" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="1">
-        <v>0.0068</v>
+        <v>0.0073</v>
       </c>
       <c r="C23" t="s">
+        <v>103</v>
+      </c>
+      <c r="D23" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="E23">
         <v>799926100</v>
       </c>
       <c r="F23" t="s" s="2">
+        <v>105</v>
+      </c>
+      <c r="G23" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>7</v>
       </c>
       <c r="B24" s="1">
-        <v>0.0066</v>
+        <v>0.007</v>
       </c>
       <c r="C24" t="s">
+        <v>107</v>
+      </c>
+      <c r="D24" t="s">
         <v>108</v>
       </c>
-      <c r="D24" t="s">
+      <c r="E24">
+        <v>405552100</v>
+      </c>
+      <c r="F24" t="s" s="2">
         <v>109</v>
       </c>
-      <c r="E24" t="s">
+      <c r="G24" t="s">
         <v>110</v>
-      </c>
-[...4 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>7</v>
       </c>
       <c r="B25" s="1">
-        <v>0.0061</v>
+        <v>0.0058</v>
       </c>
       <c r="C25" t="s">
+        <v>111</v>
+      </c>
+      <c r="D25" t="s">
         <v>112</v>
       </c>
-      <c r="D25" t="s">
+      <c r="E25" t="s">
         <v>113</v>
       </c>
-      <c r="E25">
-[...1 lines deleted...]
-      </c>
       <c r="F25" t="s" s="2">
-        <v>57</v>
+        <v>101</v>
       </c>
       <c r="G25" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>7</v>
       </c>
       <c r="B26" s="1">
-        <v>0.0054</v>
+        <v>0.0051</v>
       </c>
       <c r="C26" t="s">
         <v>115</v>
       </c>
       <c r="D26" t="s">
         <v>116</v>
       </c>
       <c r="E26" t="s">
         <v>117</v>
       </c>
       <c r="F26" t="s" s="2">
         <v>118</v>
       </c>
       <c r="G26" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>7</v>
       </c>
       <c r="B27" s="1">
-        <v>0.005</v>
+        <v>0.0048</v>
       </c>
       <c r="C27" t="s">
         <v>120</v>
       </c>
       <c r="D27" t="s">
         <v>121</v>
       </c>
       <c r="E27" t="s" s="2">
         <v>122</v>
       </c>
       <c r="F27" t="s" s="2">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="G27" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>7</v>
       </c>
       <c r="B28" s="1">
         <v>0.0042</v>
       </c>
       <c r="C28" t="s">
         <v>124</v>
       </c>
       <c r="D28" t="s">
         <v>125</v>
       </c>
       <c r="E28" t="s">
         <v>126</v>
       </c>
-      <c r="F28" t="s" s="2">
+      <c r="F28">
+        <v>920</v>
+      </c>
+      <c r="G28" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>7</v>
       </c>
       <c r="B29" s="1">
-        <v>0.0037</v>
+        <v>0.0033</v>
       </c>
       <c r="C29" t="s">
+        <v>128</v>
+      </c>
+      <c r="D29" t="s">
         <v>129</v>
       </c>
-      <c r="D29" t="s">
+      <c r="E29" t="s">
         <v>130</v>
       </c>
-      <c r="E29" t="s">
+      <c r="F29" t="s" s="2">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>920</v>
       </c>
       <c r="G29" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>7</v>
       </c>
       <c r="B30" s="1">
-        <v>0.0022</v>
+        <v>0.0023</v>
       </c>
       <c r="C30" t="s">
         <v>133</v>
       </c>
       <c r="D30" t="s">
         <v>134</v>
       </c>
       <c r="E30" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="F30" t="s" s="2">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G30" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>7</v>
       </c>
       <c r="B31" s="1">
-        <v>0.0019</v>
+        <v>0.0017</v>
       </c>
       <c r="C31" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D31" t="s">
-        <v>138</v>
-[...1 lines deleted...]
-      <c r="E31" t="s">
         <v>139</v>
       </c>
+      <c r="E31" t="s" s="2">
+        <v>140</v>
+      </c>
       <c r="F31" t="s" s="2">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="G31" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>7</v>
       </c>
       <c r="B32" s="1">
-        <v>0.0012</v>
+        <v>0.0013</v>
       </c>
       <c r="C32" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D32" t="s">
-        <v>143</v>
-[...1 lines deleted...]
-      <c r="E32" t="s" s="2">
+        <v>144</v>
+      </c>
+      <c r="E32" t="s">
         <v>144</v>
       </c>
       <c r="F32" t="s" s="2">
         <v>145</v>
       </c>
       <c r="G32" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>7</v>
       </c>
       <c r="B33" s="1">
         <v>0.0011</v>
       </c>
       <c r="C33" t="s">
         <v>147</v>
       </c>
       <c r="D33" t="s">
         <v>148</v>
       </c>
       <c r="E33" t="s">
         <v>149</v>
       </c>
       <c r="F33" t="s" s="2">
         <v>150</v>
       </c>
       <c r="G33" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>7</v>
       </c>
-      <c r="B34" s="1">
-        <v>0.0003</v>
+      <c r="B34" t="s" s="1">
+        <v>152</v>
       </c>
       <c r="C34" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D34" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E34" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="F34" t="s" s="2">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="G34" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>7</v>
       </c>
       <c r="B35" t="s" s="1">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="C35" t="s">
         <v>158</v>
       </c>
       <c r="D35" t="s">
         <v>159</v>
       </c>
       <c r="E35" t="s">
         <v>160</v>
       </c>
-      <c r="F35" t="s" s="2">
+      <c r="F35">
+        <v>249</v>
+      </c>
+      <c r="G35" t="s">
         <v>161</v>
-      </c>
-[...24 lines deleted...]
-        <v>166</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>