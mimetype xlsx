--- v1 (2026-01-11)
+++ v2 (2026-03-06)
@@ -32,513 +32,513 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="162" uniqueCount="162">
   <si>
     <t>Data as of:</t>
   </si>
   <si>
     <t>% Net Assets</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Ticker</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>Shares Held</t>
   </si>
   <si>
     <t>Market Value</t>
   </si>
   <si>
-    <t>01/12/26</t>
+    <t>03/06/26</t>
   </si>
   <si>
     <t>AbbVie Inc</t>
   </si>
   <si>
     <t>ABBV</t>
   </si>
   <si>
     <t>00287Y109</t>
   </si>
   <si>
     <t>7,356</t>
   </si>
   <si>
-    <t>$1,618,908</t>
+    <t>$1,709,167</t>
+  </si>
+  <si>
+    <t>Novartis AG</t>
+  </si>
+  <si>
+    <t>NVS</t>
+  </si>
+  <si>
+    <t>66987V109</t>
+  </si>
+  <si>
+    <t>9,194</t>
+  </si>
+  <si>
+    <t>$1,480,326</t>
   </si>
   <si>
     <t>US BANK MMDA - USBGFS 7 06/01/2031</t>
   </si>
   <si>
     <t>USBGFS7</t>
   </si>
   <si>
     <t>8AMMF0FT3</t>
   </si>
   <si>
-    <t>1,408,062</t>
-[...17 lines deleted...]
-    <t>$1,301,319</t>
+    <t>1,412,762</t>
+  </si>
+  <si>
+    <t>$1,412,762</t>
+  </si>
+  <si>
+    <t>Johnson &amp; Johnson</t>
+  </si>
+  <si>
+    <t>JNJ</t>
+  </si>
+  <si>
+    <t>4,602</t>
+  </si>
+  <si>
+    <t>$1,102,777</t>
   </si>
   <si>
     <t>AstraZeneca PLC</t>
   </si>
   <si>
     <t>AZN</t>
   </si>
   <si>
-    <t>046353108</t>
-[...5 lines deleted...]
-    <t>$1,040,582</t>
+    <t>G0593M107</t>
+  </si>
+  <si>
+    <t>5,497</t>
+  </si>
+  <si>
+    <t>$1,085,767</t>
+  </si>
+  <si>
+    <t>Bristol-Myers Squibb Co</t>
+  </si>
+  <si>
+    <t>BMY</t>
+  </si>
+  <si>
+    <t>16,052</t>
+  </si>
+  <si>
+    <t>$974,998</t>
   </si>
   <si>
     <t>Ionis Pharmaceuticals Inc</t>
   </si>
   <si>
     <t>IONS</t>
   </si>
   <si>
     <t>11,952</t>
   </si>
   <si>
-    <t>$959,746</t>
+    <t>$898,312</t>
+  </si>
+  <si>
+    <t>Amgen Inc</t>
+  </si>
+  <si>
+    <t>AMGN</t>
+  </si>
+  <si>
+    <t>031162100</t>
+  </si>
+  <si>
+    <t>2,260</t>
+  </si>
+  <si>
+    <t>$830,776</t>
   </si>
   <si>
     <t>Alnylam Pharmaceuticals Inc</t>
   </si>
   <si>
     <t>ALNY</t>
   </si>
   <si>
     <t>02043Q107</t>
   </si>
   <si>
     <t>2,376</t>
   </si>
   <si>
-    <t>$946,337</t>
-[...38 lines deleted...]
-    <t>$736,986</t>
+    <t>$761,532</t>
   </si>
   <si>
     <t>Merck &amp; Co Inc</t>
   </si>
   <si>
     <t>MRK</t>
   </si>
   <si>
     <t>58933Y105</t>
   </si>
   <si>
     <t>6,436</t>
   </si>
   <si>
-    <t>$711,371</t>
+    <t>$747,027</t>
+  </si>
+  <si>
+    <t>Pfizer Inc</t>
+  </si>
+  <si>
+    <t>PFE</t>
+  </si>
+  <si>
+    <t>24,824</t>
+  </si>
+  <si>
+    <t>$660,567</t>
   </si>
   <si>
     <t>Alkermes PLC</t>
   </si>
   <si>
     <t>ALKS</t>
   </si>
   <si>
     <t>G01767105</t>
   </si>
   <si>
     <t>22,066</t>
   </si>
   <si>
-    <t>$654,478</t>
-[...11 lines deleted...]
-    <t>$632,516</t>
+    <t>$625,571</t>
+  </si>
+  <si>
+    <t>GSK PLC</t>
+  </si>
+  <si>
+    <t>GSK</t>
+  </si>
+  <si>
+    <t>37733W204</t>
+  </si>
+  <si>
+    <t>10,792</t>
+  </si>
+  <si>
+    <t>$596,474</t>
+  </si>
+  <si>
+    <t>CRISPR Therapeutics AG</t>
+  </si>
+  <si>
+    <t>CRSP</t>
+  </si>
+  <si>
+    <t>H17182108</t>
+  </si>
+  <si>
+    <t>10,114</t>
+  </si>
+  <si>
+    <t>$579,836</t>
   </si>
   <si>
     <t>Biogen Inc</t>
   </si>
   <si>
     <t>BIIB</t>
   </si>
   <si>
     <t>09062X103</t>
   </si>
   <si>
     <t>2,988</t>
   </si>
   <si>
-    <t>$560,609</t>
+    <t>$561,983</t>
   </si>
   <si>
     <t>Regeneron Pharmaceuticals Inc</t>
   </si>
   <si>
     <t>REGN</t>
   </si>
   <si>
     <t>75886F107</t>
   </si>
   <si>
-    <t>$549,620</t>
-[...29 lines deleted...]
-    <t>$543,809</t>
+    <t>$527,802</t>
   </si>
   <si>
     <t>Eli Lilly &amp; Co</t>
   </si>
   <si>
     <t>LLY</t>
   </si>
   <si>
     <t>3,218</t>
   </si>
   <si>
-    <t>$3,422,536</t>
+    <t>$3,164,131</t>
   </si>
   <si>
     <t>Beam Therapeutics Inc</t>
   </si>
   <si>
     <t>BEAM</t>
   </si>
   <si>
     <t>07373V105</t>
   </si>
   <si>
-    <t>$253,295</t>
+    <t>$234,631</t>
   </si>
   <si>
     <t>Vanda Pharmaceuticals Inc</t>
   </si>
   <si>
     <t>VNDA</t>
   </si>
   <si>
-    <t>$181,960</t>
+    <t>$196,358</t>
+  </si>
+  <si>
+    <t>Intellia Therapeutics Inc</t>
+  </si>
+  <si>
+    <t>NTLA</t>
+  </si>
+  <si>
+    <t>45826J105</t>
+  </si>
+  <si>
+    <t>13,792</t>
+  </si>
+  <si>
+    <t>$181,365</t>
   </si>
   <si>
     <t>Galectin Therapeutics Inc</t>
   </si>
   <si>
     <t>GALT</t>
   </si>
   <si>
     <t>51,484</t>
   </si>
   <si>
-    <t>$162,175</t>
-[...14 lines deleted...]
-    <t>$143,161</t>
+    <t>$155,997</t>
   </si>
   <si>
     <t>Sandoz Group AG</t>
   </si>
   <si>
     <t>SDZNY</t>
   </si>
   <si>
     <t>1,840</t>
   </si>
   <si>
-    <t>$139,454</t>
+    <t>$151,910</t>
   </si>
   <si>
     <t>Haleon PLC</t>
   </si>
   <si>
     <t>HLN</t>
   </si>
   <si>
     <t>13,491</t>
   </si>
   <si>
-    <t>$133,696</t>
+    <t>$139,362</t>
   </si>
   <si>
     <t>Replimune Group Inc</t>
   </si>
   <si>
     <t>REPL</t>
   </si>
   <si>
     <t>76029N106</t>
   </si>
   <si>
-    <t>$110,750</t>
+    <t>$97,096</t>
   </si>
   <si>
     <t>Lantern Pharma Inc</t>
   </si>
   <si>
     <t>LTRN</t>
   </si>
   <si>
     <t>51654W101</t>
   </si>
   <si>
     <t>27,582</t>
   </si>
   <si>
-    <t>$96,261</t>
+    <t>$75,299</t>
   </si>
   <si>
     <t>Bicycle Therapeutics PLC</t>
   </si>
   <si>
     <t>BCYC</t>
   </si>
   <si>
     <t>088786108</t>
   </si>
   <si>
-    <t>$91,579</t>
+    <t>$73,787</t>
   </si>
   <si>
     <t>GE HealthCare Technologies Inc</t>
   </si>
   <si>
     <t>GEHC</t>
   </si>
   <si>
     <t>36266G107</t>
   </si>
   <si>
-    <t>$80,298</t>
+    <t>$70,941</t>
+  </si>
+  <si>
+    <t>Cash &amp; Other</t>
+  </si>
+  <si>
+    <t>Cash&amp;Other</t>
+  </si>
+  <si>
+    <t>60,651</t>
+  </si>
+  <si>
+    <t>$60,651</t>
   </si>
   <si>
     <t>Editas Medicine Inc</t>
   </si>
   <si>
     <t>EDIT</t>
   </si>
   <si>
     <t>28106W103</t>
   </si>
   <si>
     <t>30,340</t>
   </si>
   <si>
-    <t>$62,804</t>
+    <t>$57,494</t>
   </si>
   <si>
     <t>Viatris Inc</t>
   </si>
   <si>
     <t>VTRS</t>
   </si>
   <si>
     <t>92556V106</t>
   </si>
   <si>
     <t>3,422</t>
   </si>
   <si>
-    <t>$43,665</t>
+    <t>$49,722</t>
   </si>
   <si>
     <t>Allogene Therapeutics Inc</t>
   </si>
   <si>
     <t>ALLO</t>
   </si>
   <si>
     <t>019770106</t>
   </si>
   <si>
     <t>18,388</t>
   </si>
   <si>
-    <t>$31,443</t>
-[...11 lines deleted...]
-    <t>$24,061</t>
+    <t>$42,476</t>
   </si>
   <si>
     <t>Pacific Biosciences of California Inc</t>
   </si>
   <si>
     <t>PACB</t>
   </si>
   <si>
     <t>69404D108</t>
   </si>
   <si>
     <t>11,034</t>
   </si>
   <si>
-    <t>$21,406</t>
+    <t>$16,772</t>
   </si>
   <si>
     <t>0.00%</t>
   </si>
   <si>
     <t>Pathos AI Inc</t>
   </si>
   <si>
     <t>2368714D</t>
   </si>
   <si>
     <t>BBG01L7QKRJ5</t>
   </si>
   <si>
     <t>23,992</t>
   </si>
   <si>
     <t>$0</t>
   </si>
   <si>
     <t>Decoy Therapeutics Inc</t>
   </si>
   <si>
     <t>DCOY</t>
   </si>
   <si>
     <t>79400X503</t>
   </si>
   <si>
-    <t>$204</t>
+    <t>$145</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="1">
     <fill>
       <patternFill patternType="none"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
@@ -585,764 +585,764 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="1">
-        <v>0.085</v>
+        <v>0.0884</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s" s="2">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" s="1">
-        <v>0.0739</v>
+        <v>0.0766</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s" s="2">
         <v>16</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4" s="1">
-        <v>0.0683</v>
+        <v>0.0731</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s" s="2">
         <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>7</v>
       </c>
       <c r="B5" s="1">
-        <v>0.0546</v>
+        <v>0.0571</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5" t="s">
         <v>24</v>
       </c>
-      <c r="E5" t="s" s="2">
+      <c r="E5">
+        <v>478160104</v>
+      </c>
+      <c r="F5" t="s" s="2">
         <v>25</v>
       </c>
-      <c r="F5" t="s" s="2">
+      <c r="G5" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>7</v>
       </c>
       <c r="B6" s="1">
-        <v>0.0504</v>
+        <v>0.0562</v>
       </c>
       <c r="C6" t="s">
+        <v>27</v>
+      </c>
+      <c r="D6" t="s">
         <v>28</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>462222100</v>
       </c>
       <c r="F6" t="s" s="2">
         <v>30</v>
       </c>
       <c r="G6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>7</v>
       </c>
       <c r="B7" s="1">
-        <v>0.0497</v>
+        <v>0.0505</v>
       </c>
       <c r="C7" t="s">
         <v>32</v>
       </c>
       <c r="D7" t="s">
         <v>33</v>
       </c>
-      <c r="E7" t="s">
+      <c r="E7">
+        <v>110122108</v>
+      </c>
+      <c r="F7" t="s" s="2">
         <v>34</v>
       </c>
-      <c r="F7" t="s" s="2">
+      <c r="G7" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>7</v>
       </c>
       <c r="B8" s="1">
-        <v>0.0494</v>
+        <v>0.0465</v>
       </c>
       <c r="C8" t="s">
+        <v>36</v>
+      </c>
+      <c r="D8" t="s">
         <v>37</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8">
+        <v>462222100</v>
+      </c>
+      <c r="F8" t="s" s="2">
         <v>38</v>
       </c>
-      <c r="E8">
-[...2 lines deleted...]
-      <c r="F8" t="s" s="2">
+      <c r="G8" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="1">
-        <v>0.0471</v>
+        <v>0.043</v>
       </c>
       <c r="C9" t="s">
+        <v>40</v>
+      </c>
+      <c r="D9" t="s">
         <v>41</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s" s="2">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>110122108</v>
       </c>
       <c r="F9" t="s" s="2">
         <v>43</v>
       </c>
       <c r="G9" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="1">
-        <v>0.0387</v>
+        <v>0.0394</v>
       </c>
       <c r="C10" t="s">
         <v>45</v>
       </c>
       <c r="D10" t="s">
         <v>46</v>
       </c>
-      <c r="E10" t="s" s="2">
+      <c r="E10" t="s">
         <v>47</v>
       </c>
       <c r="F10" t="s" s="2">
         <v>48</v>
       </c>
       <c r="G10" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>7</v>
       </c>
       <c r="B11" s="1">
-        <v>0.0374</v>
+        <v>0.0387</v>
       </c>
       <c r="C11" t="s">
         <v>50</v>
       </c>
       <c r="D11" t="s">
         <v>51</v>
       </c>
       <c r="E11" t="s">
         <v>52</v>
       </c>
       <c r="F11" t="s" s="2">
         <v>53</v>
       </c>
       <c r="G11" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>7</v>
       </c>
       <c r="B12" s="1">
-        <v>0.0344</v>
+        <v>0.0342</v>
       </c>
       <c r="C12" t="s">
         <v>55</v>
       </c>
       <c r="D12" t="s">
         <v>56</v>
       </c>
-      <c r="E12" t="s">
+      <c r="E12">
+        <v>717081103</v>
+      </c>
+      <c r="F12" t="s" s="2">
         <v>57</v>
       </c>
-      <c r="F12" t="s" s="2">
+      <c r="G12" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="1">
-        <v>0.0332</v>
+        <v>0.0324</v>
       </c>
       <c r="C13" t="s">
+        <v>59</v>
+      </c>
+      <c r="D13" t="s">
         <v>60</v>
       </c>
-      <c r="D13" t="s">
+      <c r="E13" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>717081103</v>
       </c>
       <c r="F13" t="s" s="2">
         <v>62</v>
       </c>
       <c r="G13" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="1">
-        <v>0.0294</v>
+        <v>0.0309</v>
       </c>
       <c r="C14" t="s">
         <v>64</v>
       </c>
       <c r="D14" t="s">
         <v>65</v>
       </c>
       <c r="E14" t="s">
         <v>66</v>
       </c>
       <c r="F14" t="s" s="2">
         <v>67</v>
       </c>
       <c r="G14" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>7</v>
       </c>
       <c r="B15" s="1">
-        <v>0.0289</v>
+        <v>0.03</v>
       </c>
       <c r="C15" t="s">
         <v>69</v>
       </c>
       <c r="D15" t="s">
         <v>70</v>
       </c>
       <c r="E15" t="s">
         <v>71</v>
       </c>
-      <c r="F15">
-        <v>690</v>
+      <c r="F15" t="s" s="2">
+        <v>72</v>
       </c>
       <c r="G15" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="1">
-        <v>0.0286</v>
+        <v>0.0291</v>
       </c>
       <c r="C16" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D16" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E16" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F16" t="s" s="2">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="G16" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="1">
-        <v>0.0286</v>
+        <v>0.0273</v>
       </c>
       <c r="C17" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D17" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E17" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="F17" t="s" s="2">
         <v>81</v>
+      </c>
+      <c r="F17">
+        <v>690</v>
       </c>
       <c r="G17" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="1">
-        <v>0.1797</v>
+        <v>0.1637</v>
       </c>
       <c r="C18" t="s">
         <v>83</v>
       </c>
       <c r="D18" t="s">
         <v>84</v>
       </c>
       <c r="E18">
         <v>532457108</v>
       </c>
       <c r="F18" t="s" s="2">
         <v>85</v>
       </c>
       <c r="G18" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="1">
-        <v>0.0133</v>
+        <v>0.0121</v>
       </c>
       <c r="C19" t="s">
         <v>87</v>
       </c>
       <c r="D19" t="s">
         <v>88</v>
       </c>
       <c r="E19" t="s">
         <v>89</v>
       </c>
       <c r="F19" t="s" s="2">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G19" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="1">
-        <v>0.0096</v>
+        <v>0.0102</v>
       </c>
       <c r="C20" t="s">
         <v>91</v>
       </c>
       <c r="D20" t="s">
         <v>92</v>
       </c>
       <c r="E20">
         <v>921659108</v>
       </c>
       <c r="F20" t="s" s="2">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="G20" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="1">
-        <v>0.0085</v>
+        <v>0.0094</v>
       </c>
       <c r="C21" t="s">
         <v>94</v>
       </c>
       <c r="D21" t="s">
         <v>95</v>
       </c>
-      <c r="E21">
-        <v>363225202</v>
+      <c r="E21" t="s">
+        <v>96</v>
       </c>
       <c r="F21" t="s" s="2">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="G21" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="1">
-        <v>0.0075</v>
+        <v>0.0081</v>
       </c>
       <c r="C22" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D22" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="E22" t="s">
         <v>100</v>
+      </c>
+      <c r="E22">
+        <v>363225202</v>
       </c>
       <c r="F22" t="s" s="2">
         <v>101</v>
       </c>
       <c r="G22" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="1">
-        <v>0.0073</v>
+        <v>0.0079</v>
       </c>
       <c r="C23" t="s">
         <v>103</v>
       </c>
       <c r="D23" t="s">
         <v>104</v>
       </c>
       <c r="E23">
         <v>799926100</v>
       </c>
       <c r="F23" t="s" s="2">
         <v>105</v>
       </c>
       <c r="G23" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>7</v>
       </c>
       <c r="B24" s="1">
-        <v>0.007</v>
+        <v>0.0072</v>
       </c>
       <c r="C24" t="s">
         <v>107</v>
       </c>
       <c r="D24" t="s">
         <v>108</v>
       </c>
       <c r="E24">
         <v>405552100</v>
       </c>
       <c r="F24" t="s" s="2">
         <v>109</v>
       </c>
       <c r="G24" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>7</v>
       </c>
       <c r="B25" s="1">
-        <v>0.0058</v>
+        <v>0.005</v>
       </c>
       <c r="C25" t="s">
         <v>111</v>
       </c>
       <c r="D25" t="s">
         <v>112</v>
       </c>
       <c r="E25" t="s">
         <v>113</v>
       </c>
       <c r="F25" t="s" s="2">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="G25" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>7</v>
       </c>
       <c r="B26" s="1">
-        <v>0.0051</v>
+        <v>0.0039</v>
       </c>
       <c r="C26" t="s">
         <v>115</v>
       </c>
       <c r="D26" t="s">
         <v>116</v>
       </c>
       <c r="E26" t="s">
         <v>117</v>
       </c>
       <c r="F26" t="s" s="2">
         <v>118</v>
       </c>
       <c r="G26" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>7</v>
       </c>
       <c r="B27" s="1">
-        <v>0.0048</v>
+        <v>0.0038</v>
       </c>
       <c r="C27" t="s">
         <v>120</v>
       </c>
       <c r="D27" t="s">
         <v>121</v>
       </c>
       <c r="E27" t="s" s="2">
         <v>122</v>
       </c>
       <c r="F27" t="s" s="2">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="G27" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>7</v>
       </c>
       <c r="B28" s="1">
-        <v>0.0042</v>
+        <v>0.0037</v>
       </c>
       <c r="C28" t="s">
         <v>124</v>
       </c>
       <c r="D28" t="s">
         <v>125</v>
       </c>
       <c r="E28" t="s">
         <v>126</v>
       </c>
       <c r="F28">
         <v>920</v>
       </c>
       <c r="G28" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>7</v>
       </c>
       <c r="B29" s="1">
-        <v>0.0033</v>
+        <v>0.0031</v>
       </c>
       <c r="C29" t="s">
         <v>128</v>
       </c>
       <c r="D29" t="s">
         <v>129</v>
       </c>
       <c r="E29" t="s">
+        <v>129</v>
+      </c>
+      <c r="F29" t="s" s="2">
         <v>130</v>
       </c>
-      <c r="F29" t="s" s="2">
+      <c r="G29" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>7</v>
       </c>
       <c r="B30" s="1">
-        <v>0.0023</v>
+        <v>0.003</v>
       </c>
       <c r="C30" t="s">
+        <v>132</v>
+      </c>
+      <c r="D30" t="s">
         <v>133</v>
       </c>
-      <c r="D30" t="s">
+      <c r="E30" t="s">
         <v>134</v>
       </c>
-      <c r="E30" t="s">
+      <c r="F30" t="s" s="2">
         <v>135</v>
       </c>
-      <c r="F30" t="s" s="2">
+      <c r="G30" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>7</v>
       </c>
       <c r="B31" s="1">
-        <v>0.0017</v>
+        <v>0.0026</v>
       </c>
       <c r="C31" t="s">
+        <v>137</v>
+      </c>
+      <c r="D31" t="s">
         <v>138</v>
       </c>
-      <c r="D31" t="s">
+      <c r="E31" t="s">
         <v>139</v>
       </c>
-      <c r="E31" t="s" s="2">
+      <c r="F31" t="s" s="2">
         <v>140</v>
       </c>
-      <c r="F31" t="s" s="2">
+      <c r="G31" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>7</v>
       </c>
       <c r="B32" s="1">
-        <v>0.0013</v>
+        <v>0.0022</v>
       </c>
       <c r="C32" t="s">
+        <v>142</v>
+      </c>
+      <c r="D32" t="s">
         <v>143</v>
       </c>
-      <c r="D32" t="s">
-[...2 lines deleted...]
-      <c r="E32" t="s">
+      <c r="E32" t="s" s="2">
         <v>144</v>
       </c>
       <c r="F32" t="s" s="2">
         <v>145</v>
       </c>
       <c r="G32" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>7</v>
       </c>
       <c r="B33" s="1">
-        <v>0.0011</v>
+        <v>0.0009</v>
       </c>
       <c r="C33" t="s">
         <v>147</v>
       </c>
       <c r="D33" t="s">
         <v>148</v>
       </c>
       <c r="E33" t="s">
         <v>149</v>
       </c>
       <c r="F33" t="s" s="2">
         <v>150</v>
       </c>
       <c r="G33" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>7</v>
       </c>
       <c r="B34" t="s" s="1">
         <v>152</v>
       </c>
       <c r="C34" t="s">