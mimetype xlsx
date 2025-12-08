--- v0 (2025-10-19)
+++ v1 (2025-12-08)
@@ -9,524 +9,527 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="158" uniqueCount="158">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="159" uniqueCount="159">
   <si>
     <t>Data as of:</t>
   </si>
   <si>
     <t>% Net Assets</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Ticker</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>Shares Held</t>
   </si>
   <si>
     <t>Market Value</t>
   </si>
   <si>
-    <t>10/20/25</t>
+    <t>12/08/25</t>
   </si>
   <si>
     <t>US BANK MMDA - USBGFS 7 06/01/2031</t>
   </si>
   <si>
     <t>USBGFS7</t>
   </si>
   <si>
     <t>8AMMF0FT3</t>
   </si>
   <si>
-    <t>1,860,813</t>
-[...2 lines deleted...]
-    <t>$1,860,813</t>
+    <t>1,830,134</t>
+  </si>
+  <si>
+    <t>$1,830,134</t>
+  </si>
+  <si>
+    <t>Japan Elevator Service Holdings Co Ltd</t>
+  </si>
+  <si>
+    <t>6544 JP</t>
+  </si>
+  <si>
+    <t>BF0QWT5</t>
+  </si>
+  <si>
+    <t>104,000</t>
+  </si>
+  <si>
+    <t>$1,211,670</t>
+  </si>
+  <si>
+    <t>Resorttrust Inc</t>
+  </si>
+  <si>
+    <t>4681 JP</t>
+  </si>
+  <si>
+    <t>96,000</t>
+  </si>
+  <si>
+    <t>$1,192,349</t>
+  </si>
+  <si>
+    <t>Visional Inc</t>
+  </si>
+  <si>
+    <t>4194 JP</t>
+  </si>
+  <si>
+    <t>BNC53Q0</t>
+  </si>
+  <si>
+    <t>16,000</t>
+  </si>
+  <si>
+    <t>$1,060,862</t>
+  </si>
+  <si>
+    <t>Hikari Tsushin Inc</t>
+  </si>
+  <si>
+    <t>9435 JP</t>
+  </si>
+  <si>
+    <t>4,000</t>
+  </si>
+  <si>
+    <t>$1,048,754</t>
   </si>
   <si>
     <t>ULS Group Inc</t>
   </si>
   <si>
     <t>3798 JP</t>
   </si>
   <si>
     <t>B0WQ1Z7</t>
   </si>
   <si>
-    <t>259,000</t>
-[...29 lines deleted...]
-    <t>$1,098,009</t>
+    <t>280,000</t>
+  </si>
+  <si>
+    <t>$995,427</t>
+  </si>
+  <si>
+    <t>M&amp;A Capital Partners Co Ltd</t>
+  </si>
+  <si>
+    <t>6080 JP</t>
+  </si>
+  <si>
+    <t>BFTRL69</t>
+  </si>
+  <si>
+    <t>46,900</t>
+  </si>
+  <si>
+    <t>$984,698</t>
+  </si>
+  <si>
+    <t>Pan Pacific International Holdings Corp</t>
+  </si>
+  <si>
+    <t>7532 JP</t>
+  </si>
+  <si>
+    <t>160,000</t>
+  </si>
+  <si>
+    <t>$967,708</t>
+  </si>
+  <si>
+    <t>KeePer Technical Laboratory Co Ltd</t>
+  </si>
+  <si>
+    <t>6036 JP</t>
+  </si>
+  <si>
+    <t>BVFNJ69</t>
+  </si>
+  <si>
+    <t>40,000</t>
+  </si>
+  <si>
+    <t>$926,129</t>
   </si>
   <si>
     <t>Yonex Co Ltd</t>
   </si>
   <si>
     <t>7906 JP</t>
   </si>
   <si>
-    <t>40,700</t>
-[...29 lines deleted...]
-    <t>$991,012</t>
+    <t>44,000</t>
+  </si>
+  <si>
+    <t>$915,309</t>
+  </si>
+  <si>
+    <t>AlphaPolis Co Ltd</t>
+  </si>
+  <si>
+    <t>9467 JP</t>
+  </si>
+  <si>
+    <t>BRG9JV3</t>
+  </si>
+  <si>
+    <t>88,000</t>
+  </si>
+  <si>
+    <t>$887,538</t>
+  </si>
+  <si>
+    <t>OBIC Business Consultants Co Ltd</t>
+  </si>
+  <si>
+    <t>4733 JP</t>
+  </si>
+  <si>
+    <t>$884,240</t>
   </si>
   <si>
     <t>Oro Co Ltd</t>
   </si>
   <si>
     <t>3983 JP</t>
   </si>
   <si>
     <t>BF0SCH9</t>
   </si>
   <si>
-    <t>59,200</t>
-[...2 lines deleted...]
-    <t>$968,137</t>
+    <t>64,000</t>
+  </si>
+  <si>
+    <t>$850,338</t>
   </si>
   <si>
     <t>Finatext Holdings Ltd</t>
   </si>
   <si>
     <t>4419 JP</t>
   </si>
   <si>
     <t>BN33L47</t>
   </si>
   <si>
-    <t>118,400</t>
-[...38 lines deleted...]
-    <t>$829,410</t>
+    <t>128,000</t>
+  </si>
+  <si>
+    <t>$797,166</t>
+  </si>
+  <si>
+    <t>Furyu Corp</t>
+  </si>
+  <si>
+    <t>6238 JP</t>
+  </si>
+  <si>
+    <t>BYYHNF0</t>
+  </si>
+  <si>
+    <t>116,000</t>
+  </si>
+  <si>
+    <t>$775,475</t>
   </si>
   <si>
     <t>Tsuburaya Fields Holdings Inc</t>
   </si>
   <si>
     <t>2767 JP</t>
   </si>
   <si>
-    <t>55,500</t>
-[...44 lines deleted...]
-    <t>$764,080</t>
+    <t>60,000</t>
+  </si>
+  <si>
+    <t>$722,226</t>
+  </si>
+  <si>
+    <t>Internet Initiative Japan Inc</t>
+  </si>
+  <si>
+    <t>3774 JP</t>
+  </si>
+  <si>
+    <t>B05H328</t>
+  </si>
+  <si>
+    <t>$717,846</t>
   </si>
   <si>
     <t>Starts Publishing Corp</t>
   </si>
   <si>
     <t>7849 JP</t>
   </si>
   <si>
-    <t>25,900</t>
-[...2 lines deleted...]
-    <t>$693,881</t>
+    <t>28,000</t>
+  </si>
+  <si>
+    <t>$713,209</t>
   </si>
   <si>
     <t>IG Port Inc</t>
   </si>
   <si>
     <t>3791 JP</t>
   </si>
   <si>
     <t>B0QJFC7</t>
   </si>
   <si>
-    <t>70,300</t>
-[...14 lines deleted...]
-    <t>$653,911</t>
+    <t>76,000</t>
+  </si>
+  <si>
+    <t>$676,937</t>
   </si>
   <si>
     <t>Kotobuki Spirits Co Ltd</t>
   </si>
   <si>
     <t>2222 JP</t>
   </si>
   <si>
-    <t>51,800</t>
-[...2 lines deleted...]
-    <t>$640,850</t>
+    <t>56,000</t>
+  </si>
+  <si>
+    <t>$649,372</t>
   </si>
   <si>
     <t>Sega Sammy Holdings Inc</t>
   </si>
   <si>
     <t>6460 JP</t>
   </si>
   <si>
     <t>B02RK08</t>
   </si>
   <si>
-    <t>33,300</t>
-[...2 lines deleted...]
-    <t>$634,344</t>
+    <t>36,000</t>
+  </si>
+  <si>
+    <t>$609,081</t>
+  </si>
+  <si>
+    <t>M3 Inc</t>
+  </si>
+  <si>
+    <t>2413 JP</t>
+  </si>
+  <si>
+    <t>B02K2M3</t>
+  </si>
+  <si>
+    <t>$574,226</t>
+  </si>
+  <si>
+    <t>Furuno Electric Co Ltd</t>
+  </si>
+  <si>
+    <t>6814 JP</t>
+  </si>
+  <si>
+    <t>$2,979,069</t>
+  </si>
+  <si>
+    <t>Transaction Co Ltd</t>
+  </si>
+  <si>
+    <t>7818 JP</t>
+  </si>
+  <si>
+    <t>B667QF3</t>
+  </si>
+  <si>
+    <t>72,000</t>
+  </si>
+  <si>
+    <t>$486,894</t>
   </si>
   <si>
     <t>Sanrio Co Ltd</t>
   </si>
   <si>
     <t>8136 JP</t>
   </si>
   <si>
-    <t>11,100</t>
-[...38 lines deleted...]
-    <t>$448,944</t>
+    <t>12,000</t>
+  </si>
+  <si>
+    <t>$415,715</t>
   </si>
   <si>
     <t>Ceres Inc/Japan</t>
   </si>
   <si>
     <t>3696 JP</t>
   </si>
   <si>
     <t>BRG9CZ8</t>
   </si>
   <si>
-    <t>$385,336</t>
+    <t>$371,662</t>
+  </si>
+  <si>
+    <t>U-Next Holdings Co Ltd</t>
+  </si>
+  <si>
+    <t>9418 JP</t>
+  </si>
+  <si>
+    <t>BSN5BP9</t>
+  </si>
+  <si>
+    <t>24,000</t>
+  </si>
+  <si>
+    <t>$309,139</t>
+  </si>
+  <si>
+    <t>Macnica Holdings Inc</t>
+  </si>
+  <si>
+    <t>3132 JP</t>
+  </si>
+  <si>
+    <t>BVVQ8X2</t>
+  </si>
+  <si>
+    <t>20,000</t>
+  </si>
+  <si>
+    <t>$303,021</t>
   </si>
   <si>
     <t>Digital Garage Inc</t>
   </si>
   <si>
     <t>4819 JP</t>
   </si>
   <si>
     <t>15,200</t>
   </si>
   <si>
-    <t>$325,877</t>
-[...29 lines deleted...]
-    <t>$253,164</t>
+    <t>$285,459</t>
   </si>
   <si>
     <t>Smaregi Inc</t>
   </si>
   <si>
     <t>4431 JP</t>
   </si>
   <si>
     <t>BG08N73</t>
   </si>
   <si>
     <t>13,000</t>
   </si>
   <si>
-    <t>$238,092</t>
+    <t>$242,049</t>
   </si>
   <si>
     <t>Tomy Co Ltd</t>
   </si>
   <si>
     <t>7867 JP</t>
   </si>
   <si>
-    <t>$232,884</t>
+    <t>$214,195</t>
   </si>
   <si>
     <t>Net Protections Holdings Inc</t>
   </si>
   <si>
     <t>7383 JP</t>
   </si>
   <si>
     <t>BP4DTX5</t>
   </si>
   <si>
-    <t>13,900</t>
-[...2 lines deleted...]
-    <t>$75,495</t>
+    <t>31,500</t>
+  </si>
+  <si>
+    <t>$106,102</t>
   </si>
   <si>
     <t>Cash &amp; Other</t>
   </si>
   <si>
     <t>Cash&amp;Other</t>
   </si>
   <si>
-    <t>48,687</t>
-[...2 lines deleted...]
-    <t>$48,687</t>
+    <t>23,430</t>
+  </si>
+  <si>
+    <t>$23,430</t>
   </si>
   <si>
     <t>JAPANESE YEN</t>
   </si>
   <si>
     <t>JPY</t>
   </si>
   <si>
     <t>CASHJPY</t>
   </si>
   <si>
-    <t>-425,926</t>
-[...2 lines deleted...]
-    <t>$-2,831</t>
+    <t>1,103,004</t>
+  </si>
+  <si>
+    <t>$7,104</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="1">
     <fill>
       <patternFill patternType="none"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
@@ -573,821 +576,821 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="1">
-        <v>0.0725</v>
+        <v>0.0711</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s" s="2">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" s="1">
-        <v>0.0523</v>
+        <v>0.0471</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s" s="2">
         <v>16</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4" s="1">
-        <v>0.0444</v>
+        <v>0.0463</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="E4" t="s">
+      <c r="E4">
+        <v>6044132</v>
+      </c>
+      <c r="F4" t="s" s="2">
         <v>20</v>
       </c>
-      <c r="F4" t="s" s="2">
+      <c r="G4" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>7</v>
       </c>
       <c r="B5" s="1">
-        <v>0.0428</v>
+        <v>0.0412</v>
       </c>
       <c r="C5" t="s">
+        <v>22</v>
+      </c>
+      <c r="D5" t="s">
         <v>23</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>6044132</v>
       </c>
       <c r="F5" t="s" s="2">
         <v>25</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>7</v>
       </c>
       <c r="B6" s="1">
-        <v>0.0404</v>
+        <v>0.0408</v>
       </c>
       <c r="C6" t="s">
         <v>27</v>
       </c>
       <c r="D6" t="s">
         <v>28</v>
       </c>
       <c r="E6">
-        <v>6993784</v>
+        <v>6416322</v>
       </c>
       <c r="F6" t="s" s="2">
         <v>29</v>
       </c>
       <c r="G6" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>7</v>
       </c>
       <c r="B7" s="1">
-        <v>0.0393</v>
+        <v>0.0387</v>
       </c>
       <c r="C7" t="s">
         <v>31</v>
       </c>
       <c r="D7" t="s">
         <v>32</v>
       </c>
       <c r="E7" t="s">
         <v>33</v>
       </c>
       <c r="F7" t="s" s="2">
         <v>34</v>
       </c>
       <c r="G7" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>7</v>
       </c>
       <c r="B8" s="1">
-        <v>0.0386</v>
+        <v>0.0383</v>
       </c>
       <c r="C8" t="s">
         <v>36</v>
       </c>
       <c r="D8" t="s">
         <v>37</v>
       </c>
-      <c r="E8">
-        <v>6416322</v>
+      <c r="E8" t="s">
+        <v>38</v>
       </c>
       <c r="F8" t="s" s="2">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="G8" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="1">
-        <v>0.0377</v>
+        <v>0.0376</v>
       </c>
       <c r="C9" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D9" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="E9" t="s">
         <v>42</v>
+      </c>
+      <c r="E9">
+        <v>6269861</v>
       </c>
       <c r="F9" t="s" s="2">
         <v>43</v>
       </c>
       <c r="G9" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="1">
-        <v>0.0367</v>
+        <v>0.036</v>
       </c>
       <c r="C10" t="s">
         <v>45</v>
       </c>
       <c r="D10" t="s">
         <v>46</v>
       </c>
       <c r="E10" t="s">
         <v>47</v>
       </c>
       <c r="F10" t="s" s="2">
         <v>48</v>
       </c>
       <c r="G10" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>7</v>
       </c>
       <c r="B11" s="1">
-        <v>0.0359</v>
+        <v>0.0356</v>
       </c>
       <c r="C11" t="s">
         <v>50</v>
       </c>
       <c r="D11" t="s">
         <v>51</v>
       </c>
       <c r="E11">
-        <v>6269861</v>
+        <v>6993784</v>
       </c>
       <c r="F11" t="s" s="2">
         <v>52</v>
       </c>
       <c r="G11" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>7</v>
       </c>
       <c r="B12" s="1">
-        <v>0.0346</v>
+        <v>0.0345</v>
       </c>
       <c r="C12" t="s">
         <v>54</v>
       </c>
       <c r="D12" t="s">
         <v>55</v>
       </c>
       <c r="E12" t="s">
         <v>56</v>
       </c>
       <c r="F12" t="s" s="2">
         <v>57</v>
       </c>
       <c r="G12" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="1">
-        <v>0.0323</v>
+        <v>0.0344</v>
       </c>
       <c r="C13" t="s">
         <v>59</v>
       </c>
       <c r="D13" t="s">
         <v>60</v>
       </c>
       <c r="E13">
         <v>6174620</v>
       </c>
       <c r="F13" t="s" s="2">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="G13" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="1">
-        <v>0.0322</v>
+        <v>0.033</v>
       </c>
       <c r="C14" t="s">
         <v>62</v>
       </c>
       <c r="D14" t="s">
         <v>63</v>
       </c>
-      <c r="E14">
-        <v>6591478</v>
+      <c r="E14" t="s">
+        <v>64</v>
       </c>
       <c r="F14" t="s" s="2">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G14" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>7</v>
       </c>
       <c r="B15" s="1">
-        <v>0.0308</v>
+        <v>0.031</v>
       </c>
       <c r="C15" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E15" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F15" t="s" s="2">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="G15" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="1">
-        <v>0.0305</v>
+        <v>0.0301</v>
       </c>
       <c r="C16" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="D16" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="E16" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="F16" t="s" s="2">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="G16" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="1">
-        <v>0.0298</v>
+        <v>0.0281</v>
       </c>
       <c r="C17" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="D17" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>78</v>
+      </c>
+      <c r="E17">
+        <v>6591478</v>
       </c>
       <c r="F17" t="s" s="2">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="G17" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="1">
-        <v>0.027</v>
+        <v>0.0279</v>
       </c>
       <c r="C18" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D18" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>6372286</v>
+        <v>82</v>
+      </c>
+      <c r="E18" t="s">
+        <v>83</v>
       </c>
       <c r="F18" t="s" s="2">
-        <v>82</v>
+        <v>48</v>
       </c>
       <c r="G18" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="1">
-        <v>0.0262</v>
+        <v>0.0277</v>
       </c>
       <c r="C19" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D19" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="E19" t="s">
         <v>86</v>
+      </c>
+      <c r="E19">
+        <v>6372286</v>
       </c>
       <c r="F19" t="s" s="2">
         <v>87</v>
       </c>
       <c r="G19" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="1">
-        <v>0.0255</v>
+        <v>0.0263</v>
       </c>
       <c r="C20" t="s">
         <v>89</v>
       </c>
       <c r="D20" t="s">
         <v>90</v>
       </c>
       <c r="E20" t="s">
         <v>91</v>
       </c>
       <c r="F20" t="s" s="2">
-        <v>57</v>
+        <v>92</v>
       </c>
       <c r="G20" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="1">
-        <v>0.025</v>
+        <v>0.0252</v>
       </c>
       <c r="C21" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D21" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E21">
         <v>6489465</v>
       </c>
       <c r="F21" t="s" s="2">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="G21" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="1">
-        <v>0.0247</v>
+        <v>0.0237</v>
       </c>
       <c r="C22" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D22" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E22" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="F22" t="s" s="2">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G22" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="1">
-        <v>0.0219</v>
+        <v>0.0223</v>
       </c>
       <c r="C23" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D23" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>6776349</v>
+        <v>104</v>
+      </c>
+      <c r="E23" t="s">
+        <v>105</v>
       </c>
       <c r="F23" t="s" s="2">
-        <v>104</v>
+        <v>48</v>
       </c>
       <c r="G23" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>7</v>
       </c>
       <c r="B24" s="1">
-        <v>0.0205</v>
+        <v>0.1158</v>
       </c>
       <c r="C24" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D24" t="s">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="E24" t="s">
         <v>108</v>
       </c>
+      <c r="E24">
+        <v>6357614</v>
+      </c>
       <c r="F24" t="s" s="2">
-        <v>57</v>
+        <v>96</v>
       </c>
       <c r="G24" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>7</v>
       </c>
       <c r="B25" s="1">
-        <v>0.1085</v>
+        <v>0.0189</v>
       </c>
       <c r="C25" t="s">
         <v>110</v>
       </c>
       <c r="D25" t="s">
         <v>111</v>
       </c>
-      <c r="E25">
-        <v>6357614</v>
+      <c r="E25" t="s">
+        <v>112</v>
       </c>
       <c r="F25" t="s" s="2">
-        <v>95</v>
+        <v>113</v>
       </c>
       <c r="G25" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>7</v>
       </c>
       <c r="B26" s="1">
-        <v>0.0175</v>
+        <v>0.0162</v>
       </c>
       <c r="C26" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="D26" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>116</v>
+      </c>
+      <c r="E26">
+        <v>6776349</v>
       </c>
       <c r="F26" t="s" s="2">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G26" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>7</v>
       </c>
       <c r="B27" s="1">
-        <v>0.015</v>
+        <v>0.0144</v>
       </c>
       <c r="C27" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D27" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E27" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="F27" t="s" s="2">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="G27" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>7</v>
       </c>
       <c r="B28" s="1">
-        <v>0.0127</v>
+        <v>0.012</v>
       </c>
       <c r="C28" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D28" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>6309422</v>
+        <v>124</v>
+      </c>
+      <c r="E28" t="s">
+        <v>125</v>
       </c>
       <c r="F28" t="s" s="2">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="G28" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>7</v>
       </c>
       <c r="B29" s="1">
-        <v>0.0119</v>
+        <v>0.0118</v>
       </c>
       <c r="C29" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="D29" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="E29" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="F29" t="s" s="2">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="G29" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>7</v>
       </c>
       <c r="B30" s="1">
-        <v>0.0099</v>
+        <v>0.0111</v>
       </c>
       <c r="C30" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="D30" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-        <v>133</v>
+        <v>134</v>
+      </c>
+      <c r="E30">
+        <v>6309422</v>
       </c>
       <c r="F30" t="s" s="2">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="G30" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>7</v>
       </c>
       <c r="B31" s="1">
-        <v>0.0093</v>
+        <v>0.0094</v>
       </c>
       <c r="C31" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D31" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E31" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F31" t="s" s="2">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="G31" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>7</v>
       </c>
       <c r="B32" s="1">
-        <v>0.0091</v>
+        <v>0.0083</v>
       </c>
       <c r="C32" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D32" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E32">
         <v>6046923</v>
       </c>
       <c r="F32" t="s" s="2">
-        <v>104</v>
+        <v>117</v>
       </c>
       <c r="G32" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>7</v>
       </c>
       <c r="B33" s="1">
-        <v>0.0029</v>
+        <v>0.0041</v>
       </c>
       <c r="C33" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D33" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E33" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F33" t="s" s="2">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="G33" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>7</v>
       </c>
       <c r="B34" s="1">
-        <v>0.0019</v>
+        <v>0.0009</v>
       </c>
       <c r="C34" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D34" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E34" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="F34" t="s" s="2">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="G34" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>7</v>
       </c>
       <c r="B35" s="1">
-        <v>-0.0001</v>
+        <v>0.0003</v>
       </c>
       <c r="C35" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D35" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E35" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F35" t="s" s="2">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="G35" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>