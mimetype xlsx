--- v1 (2025-12-08)
+++ v2 (2026-02-03)
@@ -32,504 +32,504 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="159" uniqueCount="159">
   <si>
     <t>Data as of:</t>
   </si>
   <si>
     <t>% Net Assets</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Ticker</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>Shares Held</t>
   </si>
   <si>
     <t>Market Value</t>
   </si>
   <si>
-    <t>12/08/25</t>
+    <t>02/03/26</t>
   </si>
   <si>
     <t>US BANK MMDA - USBGFS 7 06/01/2031</t>
   </si>
   <si>
     <t>USBGFS7</t>
   </si>
   <si>
     <t>8AMMF0FT3</t>
   </si>
   <si>
-    <t>1,830,134</t>
-[...2 lines deleted...]
-    <t>$1,830,134</t>
+    <t>1,552,162</t>
+  </si>
+  <si>
+    <t>$1,552,162</t>
   </si>
   <si>
     <t>Japan Elevator Service Holdings Co Ltd</t>
   </si>
   <si>
     <t>6544 JP</t>
   </si>
   <si>
     <t>BF0QWT5</t>
   </si>
   <si>
-    <t>104,000</t>
-[...2 lines deleted...]
-    <t>$1,211,670</t>
+    <t>106,600</t>
+  </si>
+  <si>
+    <t>$1,132,251</t>
   </si>
   <si>
     <t>Resorttrust Inc</t>
   </si>
   <si>
     <t>4681 JP</t>
   </si>
   <si>
-    <t>96,000</t>
-[...2 lines deleted...]
-    <t>$1,192,349</t>
+    <t>98,400</t>
+  </si>
+  <si>
+    <t>$1,127,642</t>
+  </si>
+  <si>
+    <t>Hikari Tsushin Inc</t>
+  </si>
+  <si>
+    <t>9435 JP</t>
+  </si>
+  <si>
+    <t>4,100</t>
+  </si>
+  <si>
+    <t>$1,121,426</t>
+  </si>
+  <si>
+    <t>ULS Group Inc</t>
+  </si>
+  <si>
+    <t>3798 JP</t>
+  </si>
+  <si>
+    <t>B0WQ1Z7</t>
+  </si>
+  <si>
+    <t>287,000</t>
+  </si>
+  <si>
+    <t>$1,032,407</t>
+  </si>
+  <si>
+    <t>M&amp;A Capital Partners Co Ltd</t>
+  </si>
+  <si>
+    <t>6080 JP</t>
+  </si>
+  <si>
+    <t>BFTRL69</t>
+  </si>
+  <si>
+    <t>48,100</t>
+  </si>
+  <si>
+    <t>$994,906</t>
+  </si>
+  <si>
+    <t>Yonex Co Ltd</t>
+  </si>
+  <si>
+    <t>7906 JP</t>
+  </si>
+  <si>
+    <t>45,100</t>
+  </si>
+  <si>
+    <t>$960,376</t>
+  </si>
+  <si>
+    <t>Pan Pacific International Holdings Corp</t>
+  </si>
+  <si>
+    <t>7532 JP</t>
+  </si>
+  <si>
+    <t>164,000</t>
+  </si>
+  <si>
+    <t>$956,452</t>
   </si>
   <si>
     <t>Visional Inc</t>
   </si>
   <si>
     <t>4194 JP</t>
   </si>
   <si>
     <t>BNC53Q0</t>
   </si>
   <si>
-    <t>16,000</t>
-[...56 lines deleted...]
-    <t>$967,708</t>
+    <t>16,400</t>
+  </si>
+  <si>
+    <t>$919,685</t>
+  </si>
+  <si>
+    <t>AlphaPolis Co Ltd</t>
+  </si>
+  <si>
+    <t>9467 JP</t>
+  </si>
+  <si>
+    <t>BRG9JV3</t>
+  </si>
+  <si>
+    <t>90,200</t>
+  </si>
+  <si>
+    <t>$884,762</t>
+  </si>
+  <si>
+    <t>Oro Co Ltd</t>
+  </si>
+  <si>
+    <t>3983 JP</t>
+  </si>
+  <si>
+    <t>BF0SCH9</t>
+  </si>
+  <si>
+    <t>65,600</t>
+  </si>
+  <si>
+    <t>$868,486</t>
   </si>
   <si>
     <t>KeePer Technical Laboratory Co Ltd</t>
   </si>
   <si>
     <t>6036 JP</t>
   </si>
   <si>
     <t>BVFNJ69</t>
   </si>
   <si>
-    <t>40,000</t>
-[...29 lines deleted...]
-    <t>$887,538</t>
+    <t>41,000</t>
+  </si>
+  <si>
+    <t>$863,851</t>
+  </si>
+  <si>
+    <t>Furyu Corp</t>
+  </si>
+  <si>
+    <t>6238 JP</t>
+  </si>
+  <si>
+    <t>BYYHNF0</t>
+  </si>
+  <si>
+    <t>118,900</t>
+  </si>
+  <si>
+    <t>$780,574</t>
+  </si>
+  <si>
+    <t>Finatext Holdings Ltd</t>
+  </si>
+  <si>
+    <t>4419 JP</t>
+  </si>
+  <si>
+    <t>BN33L47</t>
+  </si>
+  <si>
+    <t>131,200</t>
+  </si>
+  <si>
+    <t>$733,220</t>
+  </si>
+  <si>
+    <t>Tsuburaya Fields Holdings Inc</t>
+  </si>
+  <si>
+    <t>2767 JP</t>
+  </si>
+  <si>
+    <t>61,500</t>
+  </si>
+  <si>
+    <t>$703,986</t>
   </si>
   <si>
     <t>OBIC Business Consultants Co Ltd</t>
   </si>
   <si>
     <t>4733 JP</t>
   </si>
   <si>
-    <t>$884,240</t>
-[...56 lines deleted...]
-    <t>$722,226</t>
+    <t>$704,144</t>
+  </si>
+  <si>
+    <t>Starts Publishing Corp</t>
+  </si>
+  <si>
+    <t>7849 JP</t>
+  </si>
+  <si>
+    <t>28,700</t>
+  </si>
+  <si>
+    <t>$695,953</t>
+  </si>
+  <si>
+    <t>Kotobuki Spirits Co Ltd</t>
+  </si>
+  <si>
+    <t>2222 JP</t>
+  </si>
+  <si>
+    <t>57,400</t>
+  </si>
+  <si>
+    <t>$665,534</t>
   </si>
   <si>
     <t>Internet Initiative Japan Inc</t>
   </si>
   <si>
     <t>3774 JP</t>
   </si>
   <si>
     <t>B05H328</t>
   </si>
   <si>
-    <t>$717,846</t>
-[...11 lines deleted...]
-    <t>$713,209</t>
+    <t>$649,073</t>
   </si>
   <si>
     <t>IG Port Inc</t>
   </si>
   <si>
     <t>3791 JP</t>
   </si>
   <si>
     <t>B0QJFC7</t>
   </si>
   <si>
-    <t>76,000</t>
-[...14 lines deleted...]
-    <t>$649,372</t>
+    <t>77,900</t>
+  </si>
+  <si>
+    <t>$611,491</t>
+  </si>
+  <si>
+    <t>Transaction Co Ltd</t>
+  </si>
+  <si>
+    <t>7818 JP</t>
+  </si>
+  <si>
+    <t>B667QF3</t>
+  </si>
+  <si>
+    <t>73,800</t>
+  </si>
+  <si>
+    <t>$576,937</t>
   </si>
   <si>
     <t>Sega Sammy Holdings Inc</t>
   </si>
   <si>
     <t>6460 JP</t>
   </si>
   <si>
     <t>B02RK08</t>
   </si>
   <si>
-    <t>36,000</t>
-[...2 lines deleted...]
-    <t>$609,081</t>
+    <t>36,900</t>
+  </si>
+  <si>
+    <t>$567,100</t>
   </si>
   <si>
     <t>M3 Inc</t>
   </si>
   <si>
     <t>2413 JP</t>
   </si>
   <si>
     <t>B02K2M3</t>
   </si>
   <si>
-    <t>$574,226</t>
+    <t>$495,661</t>
   </si>
   <si>
     <t>Furuno Electric Co Ltd</t>
   </si>
   <si>
     <t>6814 JP</t>
   </si>
   <si>
-    <t>$2,979,069</t>
-[...14 lines deleted...]
-    <t>$486,894</t>
+    <t>$2,614,203</t>
   </si>
   <si>
     <t>Sanrio Co Ltd</t>
   </si>
   <si>
     <t>8136 JP</t>
   </si>
   <si>
-    <t>12,000</t>
-[...2 lines deleted...]
-    <t>$415,715</t>
+    <t>12,300</t>
+  </si>
+  <si>
+    <t>$374,827</t>
   </si>
   <si>
     <t>Ceres Inc/Japan</t>
   </si>
   <si>
     <t>3696 JP</t>
   </si>
   <si>
     <t>BRG9CZ8</t>
   </si>
   <si>
-    <t>$371,662</t>
+    <t>$334,057</t>
+  </si>
+  <si>
+    <t>Macnica Holdings Inc</t>
+  </si>
+  <si>
+    <t>3132 JP</t>
+  </si>
+  <si>
+    <t>BVVQ8X2</t>
+  </si>
+  <si>
+    <t>20,500</t>
+  </si>
+  <si>
+    <t>$323,549</t>
   </si>
   <si>
     <t>U-Next Holdings Co Ltd</t>
   </si>
   <si>
     <t>9418 JP</t>
   </si>
   <si>
     <t>BSN5BP9</t>
   </si>
   <si>
-    <t>24,000</t>
-[...17 lines deleted...]
-    <t>$303,021</t>
+    <t>24,600</t>
+  </si>
+  <si>
+    <t>$292,972</t>
+  </si>
+  <si>
+    <t>Net Protections Holdings Inc</t>
+  </si>
+  <si>
+    <t>7383 JP</t>
+  </si>
+  <si>
+    <t>BP4DTX5</t>
+  </si>
+  <si>
+    <t>88,200</t>
+  </si>
+  <si>
+    <t>$264,019</t>
   </si>
   <si>
     <t>Digital Garage Inc</t>
   </si>
   <si>
     <t>4819 JP</t>
   </si>
   <si>
     <t>15,200</t>
   </si>
   <si>
-    <t>$285,459</t>
+    <t>$238,923</t>
   </si>
   <si>
     <t>Smaregi Inc</t>
   </si>
   <si>
     <t>4431 JP</t>
   </si>
   <si>
     <t>BG08N73</t>
   </si>
   <si>
     <t>13,000</t>
   </si>
   <si>
-    <t>$242,049</t>
+    <t>$224,969</t>
   </si>
   <si>
     <t>Tomy Co Ltd</t>
   </si>
   <si>
     <t>7867 JP</t>
   </si>
   <si>
-    <t>$214,195</t>
-[...14 lines deleted...]
-    <t>$106,102</t>
+    <t>$214,119</t>
   </si>
   <si>
     <t>Cash &amp; Other</t>
   </si>
   <si>
     <t>Cash&amp;Other</t>
   </si>
   <si>
-    <t>23,430</t>
-[...2 lines deleted...]
-    <t>$23,430</t>
+    <t>142,533</t>
+  </si>
+  <si>
+    <t>$142,533</t>
   </si>
   <si>
     <t>JAPANESE YEN</t>
   </si>
   <si>
     <t>JPY</t>
   </si>
   <si>
     <t>CASHJPY</t>
   </si>
   <si>
-    <t>1,103,004</t>
-[...2 lines deleted...]
-    <t>$7,104</t>
+    <t>-243,744</t>
+  </si>
+  <si>
+    <t>$-1,566</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="1">
     <fill>
       <patternFill patternType="none"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
@@ -576,810 +576,810 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="1">
-        <v>0.0711</v>
+        <v>0.063</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s" s="2">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" s="1">
-        <v>0.0471</v>
+        <v>0.046</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s" s="2">
         <v>16</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4" s="1">
-        <v>0.0463</v>
+        <v>0.0458</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4">
         <v>6044132</v>
       </c>
       <c r="F4" t="s" s="2">
         <v>20</v>
       </c>
       <c r="G4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>7</v>
       </c>
       <c r="B5" s="1">
-        <v>0.0412</v>
+        <v>0.0455</v>
       </c>
       <c r="C5" t="s">
         <v>22</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
-      <c r="E5" t="s">
+      <c r="E5">
+        <v>6416322</v>
+      </c>
+      <c r="F5" t="s" s="2">
         <v>24</v>
       </c>
-      <c r="F5" t="s" s="2">
+      <c r="G5" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>7</v>
       </c>
       <c r="B6" s="1">
-        <v>0.0408</v>
+        <v>0.0419</v>
       </c>
       <c r="C6" t="s">
+        <v>26</v>
+      </c>
+      <c r="D6" t="s">
         <v>27</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>6416322</v>
       </c>
       <c r="F6" t="s" s="2">
         <v>29</v>
       </c>
       <c r="G6" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>7</v>
       </c>
       <c r="B7" s="1">
-        <v>0.0387</v>
+        <v>0.0404</v>
       </c>
       <c r="C7" t="s">
         <v>31</v>
       </c>
       <c r="D7" t="s">
         <v>32</v>
       </c>
       <c r="E7" t="s">
         <v>33</v>
       </c>
       <c r="F7" t="s" s="2">
         <v>34</v>
       </c>
       <c r="G7" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>7</v>
       </c>
       <c r="B8" s="1">
-        <v>0.0383</v>
+        <v>0.039</v>
       </c>
       <c r="C8" t="s">
         <v>36</v>
       </c>
       <c r="D8" t="s">
         <v>37</v>
       </c>
-      <c r="E8" t="s">
+      <c r="E8">
+        <v>6993784</v>
+      </c>
+      <c r="F8" t="s" s="2">
         <v>38</v>
       </c>
-      <c r="F8" t="s" s="2">
+      <c r="G8" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="1">
-        <v>0.0376</v>
+        <v>0.0388</v>
       </c>
       <c r="C9" t="s">
+        <v>40</v>
+      </c>
+      <c r="D9" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="E9">
         <v>6269861</v>
       </c>
       <c r="F9" t="s" s="2">
+        <v>42</v>
+      </c>
+      <c r="G9" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="1">
-        <v>0.036</v>
+        <v>0.0374</v>
       </c>
       <c r="C10" t="s">
+        <v>44</v>
+      </c>
+      <c r="D10" t="s">
         <v>45</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>46</v>
       </c>
-      <c r="E10" t="s">
+      <c r="F10" t="s" s="2">
         <v>47</v>
       </c>
-      <c r="F10" t="s" s="2">
+      <c r="G10" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>7</v>
       </c>
       <c r="B11" s="1">
-        <v>0.0356</v>
+        <v>0.0359</v>
       </c>
       <c r="C11" t="s">
+        <v>49</v>
+      </c>
+      <c r="D11" t="s">
         <v>50</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>6993784</v>
       </c>
       <c r="F11" t="s" s="2">
         <v>52</v>
       </c>
       <c r="G11" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>7</v>
       </c>
       <c r="B12" s="1">
-        <v>0.0345</v>
+        <v>0.0353</v>
       </c>
       <c r="C12" t="s">
         <v>54</v>
       </c>
       <c r="D12" t="s">
         <v>55</v>
       </c>
       <c r="E12" t="s">
         <v>56</v>
       </c>
       <c r="F12" t="s" s="2">
         <v>57</v>
       </c>
       <c r="G12" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="1">
-        <v>0.0344</v>
+        <v>0.0351</v>
       </c>
       <c r="C13" t="s">
         <v>59</v>
       </c>
       <c r="D13" t="s">
         <v>60</v>
       </c>
-      <c r="E13">
-        <v>6174620</v>
+      <c r="E13" t="s">
+        <v>61</v>
       </c>
       <c r="F13" t="s" s="2">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="G13" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="1">
-        <v>0.033</v>
+        <v>0.0317</v>
       </c>
       <c r="C14" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D14" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="E14" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="F14" t="s" s="2">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="G14" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>7</v>
       </c>
       <c r="B15" s="1">
-        <v>0.031</v>
+        <v>0.0298</v>
       </c>
       <c r="C15" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="D15" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="E15" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="F15" t="s" s="2">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="G15" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="1">
-        <v>0.0301</v>
+        <v>0.0286</v>
       </c>
       <c r="C16" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="D16" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-        <v>74</v>
+        <v>75</v>
+      </c>
+      <c r="E16">
+        <v>6591478</v>
       </c>
       <c r="F16" t="s" s="2">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G16" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="1">
-        <v>0.0281</v>
+        <v>0.0286</v>
       </c>
       <c r="C17" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D17" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E17">
-        <v>6591478</v>
+        <v>6174620</v>
       </c>
       <c r="F17" t="s" s="2">
-        <v>79</v>
+        <v>47</v>
       </c>
       <c r="G17" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="1">
-        <v>0.0279</v>
+        <v>0.0283</v>
       </c>
       <c r="C18" t="s">
         <v>81</v>
       </c>
       <c r="D18" t="s">
         <v>82</v>
       </c>
-      <c r="E18" t="s">
+      <c r="E18">
+        <v>6372286</v>
+      </c>
+      <c r="F18" t="s" s="2">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="G18" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="1">
-        <v>0.0277</v>
+        <v>0.027</v>
       </c>
       <c r="C19" t="s">
         <v>85</v>
       </c>
       <c r="D19" t="s">
         <v>86</v>
       </c>
       <c r="E19">
-        <v>6372286</v>
+        <v>6489465</v>
       </c>
       <c r="F19" t="s" s="2">
         <v>87</v>
       </c>
       <c r="G19" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="1">
-        <v>0.0263</v>
+        <v>0.0264</v>
       </c>
       <c r="C20" t="s">
         <v>89</v>
       </c>
       <c r="D20" t="s">
         <v>90</v>
       </c>
       <c r="E20" t="s">
         <v>91</v>
       </c>
       <c r="F20" t="s" s="2">
+        <v>62</v>
+      </c>
+      <c r="G20" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="1">
-        <v>0.0252</v>
+        <v>0.0248</v>
       </c>
       <c r="C21" t="s">
+        <v>93</v>
+      </c>
+      <c r="D21" t="s">
         <v>94</v>
       </c>
-      <c r="D21" t="s">
+      <c r="E21" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>6489465</v>
       </c>
       <c r="F21" t="s" s="2">
         <v>96</v>
       </c>
       <c r="G21" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="1">
-        <v>0.0237</v>
+        <v>0.0234</v>
       </c>
       <c r="C22" t="s">
         <v>98</v>
       </c>
       <c r="D22" t="s">
         <v>99</v>
       </c>
       <c r="E22" t="s">
         <v>100</v>
       </c>
       <c r="F22" t="s" s="2">
         <v>101</v>
       </c>
       <c r="G22" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="1">
-        <v>0.0223</v>
+        <v>0.023</v>
       </c>
       <c r="C23" t="s">
         <v>103</v>
       </c>
       <c r="D23" t="s">
         <v>104</v>
       </c>
       <c r="E23" t="s">
         <v>105</v>
       </c>
       <c r="F23" t="s" s="2">
-        <v>48</v>
+        <v>106</v>
       </c>
       <c r="G23" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>7</v>
       </c>
       <c r="B24" s="1">
-        <v>0.1158</v>
+        <v>0.0201</v>
       </c>
       <c r="C24" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D24" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>6357614</v>
+        <v>109</v>
+      </c>
+      <c r="E24" t="s">
+        <v>110</v>
       </c>
       <c r="F24" t="s" s="2">
-        <v>96</v>
+        <v>62</v>
       </c>
       <c r="G24" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>7</v>
       </c>
       <c r="B25" s="1">
-        <v>0.0189</v>
+        <v>0.1062</v>
       </c>
       <c r="C25" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="D25" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-        <v>112</v>
+        <v>113</v>
+      </c>
+      <c r="E25">
+        <v>6357614</v>
       </c>
       <c r="F25" t="s" s="2">
-        <v>113</v>
+        <v>87</v>
       </c>
       <c r="G25" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>7</v>
       </c>
       <c r="B26" s="1">
-        <v>0.0162</v>
+        <v>0.0152</v>
       </c>
       <c r="C26" t="s">
         <v>115</v>
       </c>
       <c r="D26" t="s">
         <v>116</v>
       </c>
       <c r="E26">
         <v>6776349</v>
       </c>
       <c r="F26" t="s" s="2">
         <v>117</v>
       </c>
       <c r="G26" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>7</v>
       </c>
       <c r="B27" s="1">
-        <v>0.0144</v>
+        <v>0.0136</v>
       </c>
       <c r="C27" t="s">
         <v>119</v>
       </c>
       <c r="D27" t="s">
         <v>120</v>
       </c>
       <c r="E27" t="s">
         <v>121</v>
       </c>
       <c r="F27" t="s" s="2">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="G27" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>7</v>
       </c>
       <c r="B28" s="1">
-        <v>0.012</v>
+        <v>0.0131</v>
       </c>
       <c r="C28" t="s">
         <v>123</v>
       </c>
       <c r="D28" t="s">
         <v>124</v>
       </c>
       <c r="E28" t="s">
         <v>125</v>
       </c>
       <c r="F28" t="s" s="2">
         <v>126</v>
       </c>
       <c r="G28" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>7</v>
       </c>
       <c r="B29" s="1">
-        <v>0.0118</v>
+        <v>0.0119</v>
       </c>
       <c r="C29" t="s">
         <v>128</v>
       </c>
       <c r="D29" t="s">
         <v>129</v>
       </c>
       <c r="E29" t="s">
         <v>130</v>
       </c>
       <c r="F29" t="s" s="2">
         <v>131</v>
       </c>
       <c r="G29" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>7</v>
       </c>
       <c r="B30" s="1">
-        <v>0.0111</v>
+        <v>0.0107</v>
       </c>
       <c r="C30" t="s">
         <v>133</v>
       </c>
       <c r="D30" t="s">
         <v>134</v>
       </c>
-      <c r="E30">
-        <v>6309422</v>
+      <c r="E30" t="s">
+        <v>135</v>
       </c>
       <c r="F30" t="s" s="2">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="G30" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>7</v>
       </c>
       <c r="B31" s="1">
-        <v>0.0094</v>
+        <v>0.0097</v>
       </c>
       <c r="C31" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D31" t="s">
-        <v>138</v>
-[...1 lines deleted...]
-      <c r="E31" t="s">
         <v>139</v>
+      </c>
+      <c r="E31">
+        <v>6309422</v>
       </c>
       <c r="F31" t="s" s="2">
         <v>140</v>
       </c>
       <c r="G31" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>7</v>
       </c>
       <c r="B32" s="1">
-        <v>0.0083</v>
+        <v>0.0091</v>
       </c>
       <c r="C32" t="s">
         <v>142</v>
       </c>
       <c r="D32" t="s">
         <v>143</v>
       </c>
-      <c r="E32">
-        <v>6046923</v>
+      <c r="E32" t="s">
+        <v>144</v>
       </c>
       <c r="F32" t="s" s="2">
-        <v>117</v>
+        <v>145</v>
       </c>
       <c r="G32" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>7</v>
       </c>
       <c r="B33" s="1">
-        <v>0.0041</v>
+        <v>0.0087</v>
       </c>
       <c r="C33" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="D33" t="s">
-        <v>146</v>
-[...2 lines deleted...]
-        <v>147</v>
+        <v>148</v>
+      </c>
+      <c r="E33">
+        <v>6046923</v>
       </c>
       <c r="F33" t="s" s="2">
-        <v>148</v>
+        <v>117</v>
       </c>
       <c r="G33" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>7</v>
       </c>
       <c r="B34" s="1">
-        <v>0.0009</v>
+        <v>0.0058</v>
       </c>
       <c r="C34" t="s">
         <v>150</v>
       </c>
       <c r="D34" t="s">
         <v>151</v>
       </c>
       <c r="E34" t="s">
         <v>151</v>
       </c>
       <c r="F34" t="s" s="2">
         <v>152</v>
       </c>
       <c r="G34" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>7</v>
       </c>
       <c r="B35" s="1">
-        <v>0.0003</v>
+        <v>-0.0001</v>
       </c>
       <c r="C35" t="s">
         <v>154</v>
       </c>
       <c r="D35" t="s">
         <v>155</v>
       </c>
       <c r="E35" t="s">
         <v>156</v>
       </c>
       <c r="F35" t="s" s="2">
         <v>157</v>
       </c>
       <c r="G35" t="s">
         <v>158</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>