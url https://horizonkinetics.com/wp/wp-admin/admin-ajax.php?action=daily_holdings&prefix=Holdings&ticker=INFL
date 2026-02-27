--- v0 (2025-10-28)
+++ v1 (2026-02-27)
@@ -9,773 +9,764 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="241" uniqueCount="241">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="238" uniqueCount="238">
   <si>
     <t>Data as of:</t>
   </si>
   <si>
     <t>% Net Assets</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Ticker</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>Shares Held</t>
   </si>
   <si>
     <t>Market Value</t>
   </si>
   <si>
-    <t>10/28/25</t>
+    <t>02/27/26</t>
   </si>
   <si>
     <t>Wheaton Precious Metals Corp</t>
   </si>
   <si>
     <t>WPM</t>
   </si>
   <si>
-    <t>977,633</t>
-[...2 lines deleted...]
-    <t>$92,337,437</t>
+    <t>733,028</t>
+  </si>
+  <si>
+    <t>$118,032,169</t>
+  </si>
+  <si>
+    <t>Texas Pacific Land Corp</t>
+  </si>
+  <si>
+    <t>TPL</t>
+  </si>
+  <si>
+    <t>88262P102</t>
+  </si>
+  <si>
+    <t>175,848</t>
+  </si>
+  <si>
+    <t>$90,129,134</t>
   </si>
   <si>
     <t>Landbridge Co LLC</t>
   </si>
   <si>
     <t>LB</t>
   </si>
   <si>
-    <t>1,251,189</t>
-[...2 lines deleted...]
-    <t>$74,595,888</t>
+    <t>1,200,633</t>
+  </si>
+  <si>
+    <t>$89,375,121</t>
+  </si>
+  <si>
+    <t>Franco-Nevada Corp</t>
+  </si>
+  <si>
+    <t>FNV</t>
+  </si>
+  <si>
+    <t>311,630</t>
+  </si>
+  <si>
+    <t>$87,511,937</t>
+  </si>
+  <si>
+    <t>OR Royalties Inc</t>
+  </si>
+  <si>
+    <t>OR</t>
+  </si>
+  <si>
+    <t>68390D106</t>
+  </si>
+  <si>
+    <t>1,533,322</t>
+  </si>
+  <si>
+    <t>$72,081,467</t>
+  </si>
+  <si>
+    <t>Viper Energy Inc</t>
+  </si>
+  <si>
+    <t>VNOM</t>
+  </si>
+  <si>
+    <t>64361Q101</t>
+  </si>
+  <si>
+    <t>1,513,637</t>
+  </si>
+  <si>
+    <t>$70,308,439</t>
+  </si>
+  <si>
+    <t>PrairieSky Royalty Ltd</t>
+  </si>
+  <si>
+    <t>PSK CN</t>
+  </si>
+  <si>
+    <t>BN320L4</t>
+  </si>
+  <si>
+    <t>3,041,935</t>
+  </si>
+  <si>
+    <t>$68,421,031</t>
+  </si>
+  <si>
+    <t>Cameco Corp</t>
+  </si>
+  <si>
+    <t>CCJ</t>
+  </si>
+  <si>
+    <t>13321L108</t>
+  </si>
+  <si>
+    <t>566,411</t>
+  </si>
+  <si>
+    <t>$66,938,452</t>
   </si>
   <si>
     <t>WaterBridge Infrastructure LLC</t>
   </si>
   <si>
     <t>WBI</t>
   </si>
   <si>
-    <t>2,489,455</t>
-[...59 lines deleted...]
-    <t>$56,902,494</t>
+    <t>2,400,877</t>
+  </si>
+  <si>
+    <t>$62,470,820</t>
   </si>
   <si>
     <t>Intercontinental Exchange Inc</t>
   </si>
   <si>
     <t>ICE</t>
   </si>
   <si>
     <t>45866F104</t>
   </si>
   <si>
-    <t>333,560</t>
-[...32 lines deleted...]
-    <t>$50,399,703</t>
+    <t>321,716</t>
+  </si>
+  <si>
+    <t>$52,404,319</t>
+  </si>
+  <si>
+    <t>Hawaiian Electric Industries Inc</t>
+  </si>
+  <si>
+    <t>HE</t>
+  </si>
+  <si>
+    <t>3,233,270</t>
+  </si>
+  <si>
+    <t>$50,115,685</t>
   </si>
   <si>
     <t>US BANK MMDA - USBGFS 7 06/01/2031</t>
   </si>
   <si>
     <t>USBGFS7</t>
   </si>
   <si>
     <t>8AMMF0FT3</t>
   </si>
   <si>
-    <t>44,588,507</t>
-[...14 lines deleted...]
-    <t>$40,365,208</t>
+    <t>46,448,046</t>
+  </si>
+  <si>
+    <t>$46,448,046</t>
+  </si>
+  <si>
+    <t>CME Group Inc</t>
+  </si>
+  <si>
+    <t>CME</t>
+  </si>
+  <si>
+    <t>12572Q105</t>
+  </si>
+  <si>
+    <t>139,678</t>
+  </si>
+  <si>
+    <t>$44,201,103</t>
+  </si>
+  <si>
+    <t>DigitalBridge Group Inc</t>
+  </si>
+  <si>
+    <t>DBRG</t>
+  </si>
+  <si>
+    <t>25401T603</t>
+  </si>
+  <si>
+    <t>2,815,605</t>
+  </si>
+  <si>
+    <t>$43,388,473</t>
+  </si>
+  <si>
+    <t>Singapore Exchange Ltd</t>
+  </si>
+  <si>
+    <t>SGX SP</t>
+  </si>
+  <si>
+    <t>2,861,454</t>
+  </si>
+  <si>
+    <t>$40,389,540</t>
+  </si>
+  <si>
+    <t>Cheniere Energy Inc</t>
+  </si>
+  <si>
+    <t>LNG</t>
+  </si>
+  <si>
+    <t>16411R208</t>
+  </si>
+  <si>
+    <t>169,314</t>
+  </si>
+  <si>
+    <t>$39,367,198</t>
+  </si>
+  <si>
+    <t>Bunge Global SA</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>H11356104</t>
+  </si>
+  <si>
+    <t>295,978</t>
+  </si>
+  <si>
+    <t>$35,345,693</t>
   </si>
   <si>
     <t>Deutsche Boerse AG</t>
   </si>
   <si>
     <t>DB1 GR</t>
   </si>
   <si>
-    <t>152,463</t>
-[...59 lines deleted...]
-    <t>$35,569,379</t>
+    <t>132,470</t>
+  </si>
+  <si>
+    <t>$35,400,563</t>
+  </si>
+  <si>
+    <t>Permian Basin Royalty Trust</t>
+  </si>
+  <si>
+    <t>PBT</t>
+  </si>
+  <si>
+    <t>1,701,245</t>
+  </si>
+  <si>
+    <t>$33,473,321</t>
+  </si>
+  <si>
+    <t>Topaz Energy Corp</t>
+  </si>
+  <si>
+    <t>TPZ CN</t>
+  </si>
+  <si>
+    <t>BMV3Y21</t>
+  </si>
+  <si>
+    <t>1,466,188</t>
+  </si>
+  <si>
+    <t>$33,267,666</t>
   </si>
   <si>
     <t>TMX Group Ltd</t>
   </si>
   <si>
     <t>X CN</t>
   </si>
   <si>
     <t>B8KH5G7</t>
   </si>
   <si>
-    <t>897,140</t>
-[...29 lines deleted...]
-    <t>$29,591,105</t>
+    <t>865,220</t>
+  </si>
+  <si>
+    <t>$30,013,514</t>
+  </si>
+  <si>
+    <t>Glencore PLC</t>
+  </si>
+  <si>
+    <t>GLEN LN</t>
+  </si>
+  <si>
+    <t>B4T3BW6</t>
+  </si>
+  <si>
+    <t>4,177,006</t>
+  </si>
+  <si>
+    <t>$29,659,982</t>
+  </si>
+  <si>
+    <t>Sprott Inc</t>
+  </si>
+  <si>
+    <t>SII</t>
+  </si>
+  <si>
+    <t>172,830</t>
+  </si>
+  <si>
+    <t>$28,478,927</t>
   </si>
   <si>
     <t>Marsh &amp; McLennan Cos Inc</t>
   </si>
   <si>
-    <t>MMC</t>
-[...20 lines deleted...]
-    <t>$21,875,440</t>
+    <t>MRSH</t>
+  </si>
+  <si>
+    <t>145,287</t>
+  </si>
+  <si>
+    <t>$26,920,228</t>
   </si>
   <si>
     <t>ASX Ltd</t>
   </si>
   <si>
     <t>ASX AU</t>
   </si>
   <si>
-    <t>569,170</t>
-[...2 lines deleted...]
-    <t>$21,365,789</t>
+    <t>572,062</t>
+  </si>
+  <si>
+    <t>$21,415,519</t>
   </si>
   <si>
     <t>Japan Exchange Group Inc</t>
   </si>
   <si>
     <t>8697 JP</t>
   </si>
   <si>
-    <t>1,651,824</t>
-[...14 lines deleted...]
-    <t>$18,783,554</t>
+    <t>1,593,066</t>
+  </si>
+  <si>
+    <t>$21,061,876</t>
+  </si>
+  <si>
+    <t>St Joe Co/The</t>
+  </si>
+  <si>
+    <t>JOE</t>
+  </si>
+  <si>
+    <t>273,836</t>
+  </si>
+  <si>
+    <t>$19,094,584</t>
+  </si>
+  <si>
+    <t>Deterra Royalties Ltd</t>
+  </si>
+  <si>
+    <t>DRR AU</t>
+  </si>
+  <si>
+    <t>BJP5T05</t>
+  </si>
+  <si>
+    <t>5,435,934</t>
+  </si>
+  <si>
+    <t>$16,826,291</t>
   </si>
   <si>
     <t>Brookfield Corp</t>
   </si>
   <si>
     <t>BN</t>
   </si>
   <si>
     <t>11271J107</t>
   </si>
   <si>
-    <t>346,614</t>
-[...2 lines deleted...]
-    <t>$16,204,205</t>
+    <t>334,308</t>
+  </si>
+  <si>
+    <t>$15,194,299</t>
+  </si>
+  <si>
+    <t>Triple Flag Precious Metals Corp</t>
+  </si>
+  <si>
+    <t>TFPM</t>
+  </si>
+  <si>
+    <t>89679M104</t>
+  </si>
+  <si>
+    <t>369,372</t>
+  </si>
+  <si>
+    <t>$14,926,323</t>
+  </si>
+  <si>
+    <t>Royalty Pharma PLC</t>
+  </si>
+  <si>
+    <t>RPRX</t>
+  </si>
+  <si>
+    <t>G7709Q104</t>
+  </si>
+  <si>
+    <t>326,625</t>
+  </si>
+  <si>
+    <t>$14,815,710</t>
   </si>
   <si>
     <t>Miami International Holdings Inc</t>
   </si>
   <si>
     <t>MIAX</t>
   </si>
   <si>
     <t>59356Q108</t>
   </si>
   <si>
-    <t>350,913</t>
-[...41 lines deleted...]
-    <t>$14,288,967</t>
+    <t>338,439</t>
+  </si>
+  <si>
+    <t>$14,163,672</t>
+  </si>
+  <si>
+    <t>Altius Minerals Corp</t>
+  </si>
+  <si>
+    <t>ALS CN</t>
+  </si>
+  <si>
+    <t>378,934</t>
+  </si>
+  <si>
+    <t>$13,269,405</t>
   </si>
   <si>
     <t>Mesabi Trust</t>
   </si>
   <si>
     <t>MSB</t>
   </si>
   <si>
     <t>393,971</t>
   </si>
   <si>
-    <t>$14,001,729</t>
-[...29 lines deleted...]
-    <t>$11,857,924</t>
+    <t>$12,232,800</t>
   </si>
   <si>
     <t>Tejon Ranch Co</t>
   </si>
   <si>
     <t>TRC</t>
   </si>
   <si>
-    <t>679,236</t>
-[...2 lines deleted...]
-    <t>$10,908,530</t>
+    <t>655,086</t>
+  </si>
+  <si>
+    <t>$11,653,980</t>
   </si>
   <si>
     <t>Wilmar International Ltd</t>
   </si>
   <si>
     <t>WIL SP</t>
   </si>
   <si>
     <t>B17KC69</t>
   </si>
   <si>
-    <t>4,399,192</t>
-[...14 lines deleted...]
-    <t>$9,700,429</t>
+    <t>4,242,616</t>
+  </si>
+  <si>
+    <t>$11,748,679</t>
+  </si>
+  <si>
+    <t>Cash &amp; Other</t>
+  </si>
+  <si>
+    <t>Cash&amp;Other</t>
+  </si>
+  <si>
+    <t>7,172,145</t>
+  </si>
+  <si>
+    <t>$7,172,145</t>
+  </si>
+  <si>
+    <t>San Juan Basin Royalty Trust</t>
+  </si>
+  <si>
+    <t>SJT</t>
+  </si>
+  <si>
+    <t>1,283,345</t>
+  </si>
+  <si>
+    <t>$6,840,229</t>
+  </si>
+  <si>
+    <t>Labrador Iron Ore Royalty Corp</t>
+  </si>
+  <si>
+    <t>LIF CN</t>
+  </si>
+  <si>
+    <t>B8L02P3</t>
+  </si>
+  <si>
+    <t>276,420</t>
+  </si>
+  <si>
+    <t>$6,358,801</t>
+  </si>
+  <si>
+    <t>Clarkson PLC</t>
+  </si>
+  <si>
+    <t>CKN LN</t>
+  </si>
+  <si>
+    <t>0201836</t>
+  </si>
+  <si>
+    <t>105,585</t>
+  </si>
+  <si>
+    <t>$6,106,313</t>
+  </si>
+  <si>
+    <t>Sabine Royalty Trust</t>
+  </si>
+  <si>
+    <t>SBR</t>
+  </si>
+  <si>
+    <t>85,201</t>
+  </si>
+  <si>
+    <t>$6,215,413</t>
   </si>
   <si>
     <t>London Stock Exchange Group PLC</t>
   </si>
   <si>
     <t>LSEG LN</t>
   </si>
   <si>
     <t>B0SWJX3</t>
   </si>
   <si>
-    <t>53,607</t>
-[...56 lines deleted...]
-    <t>$5,280,626</t>
+    <t>51,717</t>
+  </si>
+  <si>
+    <t>$5,939,985</t>
   </si>
   <si>
     <t>Dorchester Minerals LP</t>
   </si>
   <si>
     <t>DMLP</t>
   </si>
   <si>
     <t>25820R105</t>
   </si>
   <si>
-    <t>183,607</t>
-[...14 lines deleted...]
-    <t>$3,572,322</t>
+    <t>172,910</t>
+  </si>
+  <si>
+    <t>$4,409,205</t>
+  </si>
+  <si>
+    <t>Evolve Royalties Ltd</t>
+  </si>
+  <si>
+    <t>EVR CN</t>
+  </si>
+  <si>
+    <t>BW7ZPM8</t>
+  </si>
+  <si>
+    <t>1,781,250</t>
+  </si>
+  <si>
+    <t>$4,425,628</t>
   </si>
   <si>
     <t>Metalla Royalty &amp; Streaming Ltd</t>
   </si>
   <si>
     <t>MTA</t>
   </si>
   <si>
     <t>59124U605</t>
   </si>
   <si>
     <t>390,000</t>
   </si>
   <si>
-    <t>$2,655,900</t>
+    <t>$3,467,100</t>
+  </si>
+  <si>
+    <t>IG Port Inc</t>
+  </si>
+  <si>
+    <t>3791 JP</t>
+  </si>
+  <si>
+    <t>B0QJFC7</t>
+  </si>
+  <si>
+    <t>294,000</t>
+  </si>
+  <si>
+    <t>$2,417,342</t>
   </si>
   <si>
     <t>Toei Animation Co Ltd</t>
   </si>
   <si>
     <t>4816 JP</t>
   </si>
   <si>
-    <t>111,199</t>
-[...17 lines deleted...]
-    <t>$2,070,048</t>
+    <t>140,399</t>
+  </si>
+  <si>
+    <t>$2,159,431</t>
+  </si>
+  <si>
+    <t>Lithium Royalty Corp</t>
+  </si>
+  <si>
+    <t>LIRC CN</t>
+  </si>
+  <si>
+    <t>BMF9CX2</t>
+  </si>
+  <si>
+    <t>100,000</t>
+  </si>
+  <si>
+    <t>$808,944</t>
   </si>
   <si>
     <t>Fermi Inc</t>
   </si>
   <si>
     <t>FRMI</t>
   </si>
   <si>
-    <t>65,787</t>
-[...32 lines deleted...]
-    <t>$246,703</t>
+    <t>63,477</t>
+  </si>
+  <si>
+    <t>$688,725</t>
   </si>
   <si>
     <t>0.00%</t>
   </si>
   <si>
     <t>JAPANESE YEN</t>
   </si>
   <si>
     <t>JPY</t>
   </si>
   <si>
     <t>CASHJPY</t>
   </si>
   <si>
-    <t>-2,662,059</t>
-[...14 lines deleted...]
-    <t>$-4,511,308</t>
+    <t>-2,221,619</t>
+  </si>
+  <si>
+    <t>$-14,238</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="1">
     <fill>
       <patternFill patternType="none"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
@@ -783,1251 +774,1228 @@
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:I52"/>
+  <dimension ref="A1:I51"/>
   <cols>
     <col min="1" max="1" width="12"/>
     <col min="2" max="2" width="13"/>
-    <col min="3" max="3" width="39"/>
+    <col min="3" max="3" width="35"/>
     <col min="4" max="4" width="11"/>
     <col min="5" max="5" width="11"/>
     <col min="6" max="6" width="12"/>
     <col min="7" max="7" width="13"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="1">
-        <v>0.072</v>
+        <v>0.0768</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2">
         <v>962879102</v>
       </c>
       <c r="F2" t="s" s="2">
         <v>10</v>
       </c>
       <c r="G2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" s="1">
-        <v>0.0581</v>
+        <v>0.0586</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
-      <c r="E3">
-        <v>514952100</v>
+      <c r="E3" t="s">
+        <v>14</v>
       </c>
       <c r="F3" t="s" s="2">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4" s="1">
-        <v>0.0471</v>
+        <v>0.0581</v>
       </c>
       <c r="C4" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D4" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E4">
-        <v>940923105</v>
+        <v>514952100</v>
       </c>
       <c r="F4" t="s" s="2">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="G4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>7</v>
       </c>
       <c r="B5" s="1">
-        <v>0.0463</v>
+        <v>0.0569</v>
       </c>
       <c r="C5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E5">
         <v>351858105</v>
       </c>
       <c r="F5" t="s" s="2">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="G5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>7</v>
       </c>
       <c r="B6" s="1">
-        <v>0.0455</v>
+        <v>0.0469</v>
       </c>
       <c r="C6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F6" t="s" s="2">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="G6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>7</v>
       </c>
       <c r="B7" s="1">
-        <v>0.0446</v>
+        <v>0.0457</v>
       </c>
       <c r="C7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="E7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F7" t="s" s="2">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>7</v>
       </c>
       <c r="B8" s="1">
-        <v>0.0444</v>
+        <v>0.0445</v>
       </c>
       <c r="C8" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E8" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F8" t="s" s="2">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G8" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="1">
-        <v>0.0416</v>
+        <v>0.0435</v>
       </c>
       <c r="C9" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D9" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E9" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F9" t="s" s="2">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G9" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="1">
-        <v>0.0397</v>
+        <v>0.0406</v>
       </c>
       <c r="C10" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D10" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="E10" t="s">
         <v>46</v>
+      </c>
+      <c r="E10">
+        <v>940923105</v>
       </c>
       <c r="F10" t="s" s="2">
         <v>47</v>
       </c>
       <c r="G10" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>7</v>
       </c>
       <c r="B11" s="1">
-        <v>0.0393</v>
+        <v>0.0341</v>
       </c>
       <c r="C11" t="s">
         <v>49</v>
       </c>
       <c r="D11" t="s">
         <v>50</v>
       </c>
       <c r="E11" t="s">
         <v>51</v>
       </c>
       <c r="F11" t="s" s="2">
         <v>52</v>
       </c>
       <c r="G11" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>7</v>
       </c>
       <c r="B12" s="1">
-        <v>0.0348</v>
+        <v>0.0326</v>
       </c>
       <c r="C12" t="s">
         <v>54</v>
       </c>
       <c r="D12" t="s">
         <v>55</v>
       </c>
-      <c r="E12" t="s">
+      <c r="E12">
+        <v>419870100</v>
+      </c>
+      <c r="F12" t="s" s="2">
         <v>56</v>
       </c>
-      <c r="F12" t="s" s="2">
+      <c r="G12" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="1">
-        <v>0.0315</v>
+        <v>0.0302</v>
       </c>
       <c r="C13" t="s">
+        <v>58</v>
+      </c>
+      <c r="D13" t="s">
         <v>59</v>
       </c>
-      <c r="D13" t="s">
+      <c r="E13" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>419870100</v>
       </c>
       <c r="F13" t="s" s="2">
         <v>61</v>
       </c>
       <c r="G13" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="1">
-        <v>0.0314</v>
+        <v>0.0287</v>
       </c>
       <c r="C14" t="s">
         <v>63</v>
       </c>
       <c r="D14" t="s">
         <v>64</v>
       </c>
-      <c r="E14">
-        <v>7021963</v>
+      <c r="E14" t="s">
+        <v>65</v>
       </c>
       <c r="F14" t="s" s="2">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G14" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>7</v>
       </c>
       <c r="B15" s="1">
-        <v>0.031</v>
+        <v>0.0282</v>
       </c>
       <c r="C15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D15" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-        <v>6303866</v>
+        <v>69</v>
+      </c>
+      <c r="E15" t="s">
+        <v>70</v>
       </c>
       <c r="F15" t="s" s="2">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="G15" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="1">
-        <v>0.0306</v>
+        <v>0.0263</v>
       </c>
       <c r="C16" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="D16" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-        <v>73</v>
+        <v>74</v>
+      </c>
+      <c r="E16">
+        <v>6303866</v>
       </c>
       <c r="F16" t="s" s="2">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="G16" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="1">
-        <v>0.0301</v>
+        <v>0.0256</v>
       </c>
       <c r="C17" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D17" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E17" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F17" t="s" s="2">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="G17" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="1">
-        <v>0.0277</v>
+        <v>0.023</v>
       </c>
       <c r="C18" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D18" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E18" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F18" t="s" s="2">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="G18" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="1">
-        <v>0.0249</v>
+        <v>0.023</v>
       </c>
       <c r="C19" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D19" t="s">
-        <v>87</v>
-[...1 lines deleted...]
-      <c r="E19" t="s">
         <v>88</v>
+      </c>
+      <c r="E19">
+        <v>7021963</v>
       </c>
       <c r="F19" t="s" s="2">
         <v>89</v>
       </c>
       <c r="G19" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="1">
-        <v>0.0235</v>
+        <v>0.0218</v>
       </c>
       <c r="C20" t="s">
         <v>91</v>
       </c>
       <c r="D20" t="s">
         <v>92</v>
       </c>
       <c r="E20">
         <v>714236106</v>
       </c>
       <c r="F20" t="s" s="2">
         <v>93</v>
       </c>
       <c r="G20" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="1">
-        <v>0.0231</v>
+        <v>0.0216</v>
       </c>
       <c r="C21" t="s">
         <v>95</v>
       </c>
       <c r="D21" t="s">
         <v>96</v>
       </c>
       <c r="E21" t="s">
         <v>97</v>
       </c>
       <c r="F21" t="s" s="2">
         <v>98</v>
       </c>
       <c r="G21" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="1">
-        <v>0.022</v>
+        <v>0.0195</v>
       </c>
       <c r="C22" t="s">
         <v>100</v>
       </c>
       <c r="D22" t="s">
         <v>101</v>
       </c>
-      <c r="E22">
-        <v>571748102</v>
+      <c r="E22" t="s">
+        <v>102</v>
       </c>
       <c r="F22" t="s" s="2">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="G22" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="1">
-        <v>0.0171</v>
+        <v>0.0193</v>
       </c>
       <c r="C23" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D23" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E23" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="F23" t="s" s="2">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="G23" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>7</v>
       </c>
       <c r="B24" s="1">
-        <v>0.0167</v>
+        <v>0.0185</v>
       </c>
       <c r="C24" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D24" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E24">
-        <v>6129222</v>
+        <v>852066208</v>
       </c>
       <c r="F24" t="s" s="2">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="G24" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>7</v>
       </c>
       <c r="B25" s="1">
-        <v>0.015</v>
+        <v>0.0175</v>
       </c>
       <c r="C25" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D25" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E25">
-        <v>6743882</v>
+        <v>571748102</v>
       </c>
       <c r="F25" t="s" s="2">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="G25" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>7</v>
       </c>
       <c r="B26" s="1">
-        <v>0.0146</v>
+        <v>0.0139</v>
       </c>
       <c r="C26" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D26" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E26">
-        <v>952845105</v>
+        <v>6129222</v>
       </c>
       <c r="F26" t="s" s="2">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="G26" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>7</v>
       </c>
       <c r="B27" s="1">
-        <v>0.0126</v>
+        <v>0.0137</v>
       </c>
       <c r="C27" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D27" t="s">
-        <v>122</v>
-[...1 lines deleted...]
-      <c r="E27" t="s">
         <v>123</v>
+      </c>
+      <c r="E27">
+        <v>6743882</v>
       </c>
       <c r="F27" t="s" s="2">
         <v>124</v>
       </c>
       <c r="G27" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>7</v>
       </c>
       <c r="B28" s="1">
-        <v>0.0121</v>
+        <v>0.0124</v>
       </c>
       <c r="C28" t="s">
         <v>126</v>
       </c>
       <c r="D28" t="s">
         <v>127</v>
       </c>
-      <c r="E28" t="s">
+      <c r="E28">
+        <v>790148100</v>
+      </c>
+      <c r="F28" t="s" s="2">
         <v>128</v>
       </c>
-      <c r="F28" t="s" s="2">
+      <c r="G28" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>7</v>
       </c>
       <c r="B29" s="1">
-        <v>0.0119</v>
+        <v>0.0109</v>
       </c>
       <c r="C29" t="s">
+        <v>130</v>
+      </c>
+      <c r="D29" t="s">
         <v>131</v>
       </c>
-      <c r="D29" t="s">
+      <c r="E29" t="s">
         <v>132</v>
       </c>
-      <c r="E29" t="s">
+      <c r="F29" t="s" s="2">
         <v>133</v>
       </c>
-      <c r="F29" t="s" s="2">
+      <c r="G29" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>7</v>
       </c>
       <c r="B30" s="1">
-        <v>0.0113</v>
+        <v>0.0099</v>
       </c>
       <c r="C30" t="s">
+        <v>135</v>
+      </c>
+      <c r="D30" t="s">
         <v>136</v>
       </c>
-      <c r="D30" t="s">
+      <c r="E30" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>790148100</v>
       </c>
       <c r="F30" t="s" s="2">
         <v>138</v>
       </c>
       <c r="G30" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>7</v>
       </c>
       <c r="B31" s="1">
-        <v>0.0111</v>
+        <v>0.0097</v>
       </c>
       <c r="C31" t="s">
         <v>140</v>
       </c>
       <c r="D31" t="s">
         <v>141</v>
       </c>
-      <c r="E31">
-        <v>852066208</v>
+      <c r="E31" t="s">
+        <v>142</v>
       </c>
       <c r="F31" t="s" s="2">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="G31" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>7</v>
       </c>
       <c r="B32" s="1">
-        <v>0.0109</v>
+        <v>0.0096</v>
       </c>
       <c r="C32" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D32" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-        <v>590672101</v>
+        <v>146</v>
+      </c>
+      <c r="E32" t="s">
+        <v>147</v>
       </c>
       <c r="F32" t="s" s="2">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="G32" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>7</v>
       </c>
       <c r="B33" s="1">
-        <v>0.0098</v>
+        <v>0.0092</v>
       </c>
       <c r="C33" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="D33" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="E33" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="F33" t="s" s="2">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="G33" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>7</v>
       </c>
       <c r="B34" s="1">
-        <v>0.0092</v>
+        <v>0.0086</v>
       </c>
       <c r="C34" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="D34" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>155</v>
+        <v>156</v>
+      </c>
+      <c r="E34">
+        <v>2122355</v>
       </c>
       <c r="F34" t="s" s="2">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="G34" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>7</v>
       </c>
       <c r="B35" s="1">
-        <v>0.0085</v>
+        <v>0.008</v>
       </c>
       <c r="C35" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D35" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E35">
-        <v>879080109</v>
+        <v>590672101</v>
       </c>
       <c r="F35" t="s" s="2">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="G35" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>7</v>
       </c>
       <c r="B36" s="1">
-        <v>0.0081</v>
+        <v>0.0076</v>
       </c>
       <c r="C36" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D36" t="s">
-        <v>163</v>
-[...1 lines deleted...]
-      <c r="E36" t="s">
         <v>164</v>
+      </c>
+      <c r="E36">
+        <v>879080109</v>
       </c>
       <c r="F36" t="s" s="2">
         <v>165</v>
       </c>
       <c r="G36" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>7</v>
       </c>
       <c r="B37" s="1">
         <v>0.0076</v>
       </c>
       <c r="C37" t="s">
         <v>167</v>
       </c>
       <c r="D37" t="s">
         <v>168</v>
       </c>
-      <c r="E37">
-        <v>2122355</v>
+      <c r="E37" t="s">
+        <v>169</v>
       </c>
       <c r="F37" t="s" s="2">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="G37" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>7</v>
       </c>
       <c r="B38" s="1">
-        <v>0.0055</v>
+        <v>0.0047</v>
       </c>
       <c r="C38" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D38" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E38" t="s">
         <v>173</v>
       </c>
       <c r="F38" t="s" s="2">
         <v>174</v>
       </c>
       <c r="G38" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>7</v>
       </c>
       <c r="B39" s="1">
-        <v>0.0055</v>
+        <v>0.0044</v>
       </c>
       <c r="C39" t="s">
         <v>176</v>
       </c>
       <c r="D39" t="s">
         <v>177</v>
       </c>
       <c r="E39">
         <v>798241105</v>
       </c>
       <c r="F39" t="s" s="2">
         <v>178</v>
       </c>
       <c r="G39" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>7</v>
       </c>
       <c r="B40" s="1">
-        <v>0.0047</v>
+        <v>0.0041</v>
       </c>
       <c r="C40" t="s">
         <v>180</v>
       </c>
       <c r="D40" t="s">
         <v>181</v>
       </c>
-      <c r="E40">
-        <v>785688102</v>
+      <c r="E40" t="s">
+        <v>182</v>
       </c>
       <c r="F40" t="s" s="2">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="G40" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>7</v>
       </c>
       <c r="B41" s="1">
-        <v>0.0045</v>
+        <v>0.004</v>
       </c>
       <c r="C41" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D41" t="s">
-        <v>185</v>
-[...1 lines deleted...]
-      <c r="E41" t="s">
         <v>186</v>
       </c>
+      <c r="E41" t="s" s="2">
+        <v>187</v>
+      </c>
       <c r="F41" t="s" s="2">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G41" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>7</v>
       </c>
       <c r="B42" s="1">
-        <v>0.0041</v>
+        <v>0.004</v>
       </c>
       <c r="C42" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D42" t="s">
-        <v>190</v>
-[...1 lines deleted...]
-      <c r="E42" t="s" s="2">
         <v>191</v>
+      </c>
+      <c r="E42">
+        <v>785688102</v>
       </c>
       <c r="F42" t="s" s="2">
         <v>192</v>
       </c>
       <c r="G42" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>7</v>
       </c>
       <c r="B43" s="1">
-        <v>0.0036</v>
+        <v>0.0039</v>
       </c>
       <c r="C43" t="s">
         <v>194</v>
       </c>
       <c r="D43" t="s">
         <v>195</v>
       </c>
       <c r="E43" t="s">
         <v>196</v>
       </c>
       <c r="F43" t="s" s="2">
         <v>197</v>
       </c>
       <c r="G43" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>7</v>
       </c>
       <c r="B44" s="1">
-        <v>0.0028</v>
+        <v>0.0029</v>
       </c>
       <c r="C44" t="s">
         <v>199</v>
       </c>
       <c r="D44" t="s">
         <v>200</v>
       </c>
       <c r="E44" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="F44" t="s" s="2">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="G44" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>7</v>
       </c>
       <c r="B45" s="1">
-        <v>0.0021</v>
+        <v>0.0029</v>
       </c>
       <c r="C45" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D45" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E45" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="F45" t="s" s="2">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="G45" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>7</v>
       </c>
       <c r="B46" s="1">
-        <v>0.0018</v>
+        <v>0.0023</v>
       </c>
       <c r="C46" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D46" t="s">
-        <v>209</v>
-[...2 lines deleted...]
-        <v>6301871</v>
+        <v>210</v>
+      </c>
+      <c r="E46" t="s">
+        <v>211</v>
       </c>
       <c r="F46" t="s" s="2">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="G46" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>7</v>
       </c>
       <c r="B47" s="1">
         <v>0.0016</v>
       </c>
       <c r="C47" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="D47" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="E47" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="F47" t="s" s="2">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="G47" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>7</v>
       </c>
       <c r="B48" s="1">
-        <v>0.0012</v>
+        <v>0.0014</v>
       </c>
       <c r="C48" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="D48" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="E48">
-        <v>314911108</v>
+        <v>6301871</v>
       </c>
       <c r="F48" t="s" s="2">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="G48" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>7</v>
       </c>
       <c r="B49" s="1">
-        <v>0.0004</v>
+        <v>0.0005</v>
       </c>
       <c r="C49" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="D49" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="E49" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="F49" t="s" s="2">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="G49" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>7</v>
       </c>
       <c r="B50" s="1">
-        <v>0.0002</v>
+        <v>0.0004</v>
       </c>
       <c r="C50" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="D50" t="s">
-        <v>227</v>
-[...2 lines deleted...]
-        <v>228</v>
+        <v>229</v>
+      </c>
+      <c r="E50">
+        <v>314911108</v>
       </c>
       <c r="F50" t="s" s="2">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="G50" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>7</v>
       </c>
       <c r="B51" t="s" s="1">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C51" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D51" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="E51" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="F51" t="s" s="2">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="G51" t="s">
-        <v>236</v>
-[...9 lines deleted...]
-      <c r="C52" t="s">
         <v>237</v>
-      </c>
-[...10 lines deleted...]
-        <v>240</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>