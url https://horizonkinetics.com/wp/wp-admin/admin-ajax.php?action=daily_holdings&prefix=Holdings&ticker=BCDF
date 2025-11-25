--- v0 (2025-10-06)
+++ v1 (2025-11-25)
@@ -9,551 +9,560 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="167" uniqueCount="167">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="170" uniqueCount="170">
   <si>
     <t>Data as of:</t>
   </si>
   <si>
     <t>% Net Assets</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Ticker</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>Shares Held</t>
   </si>
   <si>
     <t>Market Value</t>
   </si>
   <si>
-    <t>10/06/25</t>
+    <t>11/25/25</t>
   </si>
   <si>
     <t>US BANK MMDA - USBGFS 7 06/01/2031</t>
   </si>
   <si>
     <t>USBGFS7</t>
   </si>
   <si>
     <t>8AMMF0FT3</t>
   </si>
   <si>
-    <t>1,456,021</t>
-[...2 lines deleted...]
-    <t>$1,456,021</t>
+    <t>1,443,749</t>
+  </si>
+  <si>
+    <t>$1,443,749</t>
+  </si>
+  <si>
+    <t>Urbana Corp</t>
+  </si>
+  <si>
+    <t>URB/A CN</t>
+  </si>
+  <si>
+    <t>B1N4CX2</t>
+  </si>
+  <si>
+    <t>225,454</t>
+  </si>
+  <si>
+    <t>$1,316,287</t>
   </si>
   <si>
     <t>Cboe Global Markets Inc</t>
   </si>
   <si>
     <t>CBOE</t>
   </si>
   <si>
     <t>12503M108</t>
   </si>
   <si>
     <t>5,050</t>
   </si>
   <si>
-    <t>$1,209,677</t>
-[...14 lines deleted...]
-    <t>$1,195,700</t>
+    <t>$1,285,225</t>
+  </si>
+  <si>
+    <t>TMX Group Ltd</t>
+  </si>
+  <si>
+    <t>X CN</t>
+  </si>
+  <si>
+    <t>B8KH5G7</t>
+  </si>
+  <si>
+    <t>29,581</t>
+  </si>
+  <si>
+    <t>$1,091,564</t>
+  </si>
+  <si>
+    <t>CACI International Inc</t>
+  </si>
+  <si>
+    <t>CACI</t>
+  </si>
+  <si>
+    <t>1,742</t>
+  </si>
+  <si>
+    <t>$1,063,021</t>
+  </si>
+  <si>
+    <t>Nasdaq Inc</t>
+  </si>
+  <si>
+    <t>NDAQ</t>
+  </si>
+  <si>
+    <t>11,606</t>
+  </si>
+  <si>
+    <t>$1,026,435</t>
+  </si>
+  <si>
+    <t>Singapore Exchange Ltd</t>
+  </si>
+  <si>
+    <t>SGX SP</t>
+  </si>
+  <si>
+    <t>80,390</t>
+  </si>
+  <si>
+    <t>$1,018,811</t>
+  </si>
+  <si>
+    <t>Intercontinental Exchange Inc</t>
+  </si>
+  <si>
+    <t>ICE</t>
+  </si>
+  <si>
+    <t>45866F104</t>
+  </si>
+  <si>
+    <t>6,201</t>
+  </si>
+  <si>
+    <t>$948,133</t>
+  </si>
+  <si>
+    <t>Deutsche Boerse AG</t>
+  </si>
+  <si>
+    <t>DB1 GR</t>
+  </si>
+  <si>
+    <t>3,279</t>
+  </si>
+  <si>
+    <t>$816,593</t>
   </si>
   <si>
     <t>Galaxy Digital Inc</t>
   </si>
   <si>
     <t>GLXY</t>
   </si>
   <si>
     <t>36317J209</t>
   </si>
   <si>
     <t>31,691</t>
   </si>
   <si>
-    <t>$1,145,947</t>
-[...77 lines deleted...]
-    <t>$872,296</t>
+    <t>$785,303</t>
+  </si>
+  <si>
+    <t>Miami International Holdings Inc</t>
+  </si>
+  <si>
+    <t>MIAX</t>
+  </si>
+  <si>
+    <t>59356Q108</t>
+  </si>
+  <si>
+    <t>16,989</t>
+  </si>
+  <si>
+    <t>$759,918</t>
   </si>
   <si>
     <t>Japan Exchange Group Inc</t>
   </si>
   <si>
     <t>8697 JP</t>
   </si>
   <si>
     <t>66,300</t>
   </si>
   <si>
-    <t>$758,100</t>
-[...14 lines deleted...]
-    <t>$715,067</t>
+    <t>$740,190</t>
   </si>
   <si>
     <t>Hawaiian Electric Industries Inc</t>
   </si>
   <si>
     <t>HE</t>
   </si>
   <si>
     <t>58,408</t>
   </si>
   <si>
-    <t>$651,833</t>
+    <t>$670,524</t>
+  </si>
+  <si>
+    <t>ASX Ltd</t>
+  </si>
+  <si>
+    <t>ASX AU</t>
+  </si>
+  <si>
+    <t>15,425</t>
+  </si>
+  <si>
+    <t>$578,606</t>
+  </si>
+  <si>
+    <t>Tradeweb Markets Inc</t>
+  </si>
+  <si>
+    <t>TW</t>
+  </si>
+  <si>
+    <t>5,283</t>
+  </si>
+  <si>
+    <t>$555,243</t>
+  </si>
+  <si>
+    <t>Landbridge Co LLC</t>
+  </si>
+  <si>
+    <t>LB</t>
+  </si>
+  <si>
+    <t>9,564</t>
+  </si>
+  <si>
+    <t>$542,088</t>
+  </si>
+  <si>
+    <t>London Stock Exchange Group PLC</t>
+  </si>
+  <si>
+    <t>LSEG LN</t>
+  </si>
+  <si>
+    <t>B0SWJX3</t>
+  </si>
+  <si>
+    <t>4,674</t>
+  </si>
+  <si>
+    <t>$529,047</t>
   </si>
   <si>
     <t>WisdomTree Inc</t>
   </si>
   <si>
     <t>WT</t>
   </si>
   <si>
     <t>97717P104</t>
   </si>
   <si>
     <t>45,360</t>
   </si>
   <si>
-    <t>$616,896</t>
-[...26 lines deleted...]
-    <t>Bakkt Holdings Inc</t>
+    <t>$499,414</t>
+  </si>
+  <si>
+    <t>Science Applications International Corp</t>
+  </si>
+  <si>
+    <t>SAIC</t>
+  </si>
+  <si>
+    <t>5,331</t>
+  </si>
+  <si>
+    <t>$453,561</t>
+  </si>
+  <si>
+    <t>CME Group Inc</t>
+  </si>
+  <si>
+    <t>CME</t>
+  </si>
+  <si>
+    <t>12572Q105</t>
+  </si>
+  <si>
+    <t>1,582</t>
+  </si>
+  <si>
+    <t>$436,126</t>
+  </si>
+  <si>
+    <t>OTC Markets Group Inc</t>
+  </si>
+  <si>
+    <t>OTCM</t>
+  </si>
+  <si>
+    <t>67106F108</t>
+  </si>
+  <si>
+    <t>8,178</t>
+  </si>
+  <si>
+    <t>$435,894</t>
+  </si>
+  <si>
+    <t>Broadridge Financial Solutions Inc</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>11133T103</t>
+  </si>
+  <si>
+    <t>1,775</t>
+  </si>
+  <si>
+    <t>$401,558</t>
+  </si>
+  <si>
+    <t>MarketAxess Holdings Inc</t>
+  </si>
+  <si>
+    <t>MKTX</t>
+  </si>
+  <si>
+    <t>57060D108</t>
+  </si>
+  <si>
+    <t>1,902</t>
+  </si>
+  <si>
+    <t>$307,744</t>
+  </si>
+  <si>
+    <t>Euronext NV</t>
+  </si>
+  <si>
+    <t>ENX FP</t>
+  </si>
+  <si>
+    <t>BNBNSG0</t>
+  </si>
+  <si>
+    <t>1,567</t>
+  </si>
+  <si>
+    <t>$234,326</t>
+  </si>
+  <si>
+    <t>Bakkt Holdings Inc/US</t>
   </si>
   <si>
     <t>BKKT</t>
   </si>
   <si>
     <t>05759B305</t>
   </si>
   <si>
     <t>13,985</t>
   </si>
   <si>
-    <t>$564,714</t>
-[...98 lines deleted...]
-    <t>$324,291</t>
+    <t>$218,166</t>
   </si>
   <si>
     <t>Grayscale Bitcoin Mini Trust ETF</t>
   </si>
   <si>
     <t>BTC</t>
   </si>
   <si>
-    <t>5,062</t>
-[...17 lines deleted...]
-    <t>$228,666</t>
+    <t>4,868</t>
+  </si>
+  <si>
+    <t>$192,091</t>
   </si>
   <si>
     <t>Toei Animation Co Ltd</t>
   </si>
   <si>
     <t>4816 JP</t>
   </si>
   <si>
     <t>7,936</t>
   </si>
   <si>
-    <t>$162,541</t>
+    <t>$142,630</t>
+  </si>
+  <si>
+    <t>Hellenic Exchanges - Athens Stock Exchange SA</t>
+  </si>
+  <si>
+    <t>EXAE GA</t>
+  </si>
+  <si>
+    <t>19,556</t>
+  </si>
+  <si>
+    <t>$141,370</t>
   </si>
   <si>
     <t>IG Port Inc</t>
   </si>
   <si>
     <t>3791 JP</t>
   </si>
   <si>
     <t>B0QJFC7</t>
   </si>
   <si>
     <t>14,704</t>
   </si>
   <si>
-    <t>$152,575</t>
-[...11 lines deleted...]
-    <t>$149,230</t>
+    <t>$130,821</t>
+  </si>
+  <si>
+    <t>NZX Ltd</t>
+  </si>
+  <si>
+    <t>NZX NZ</t>
+  </si>
+  <si>
+    <t>107,140</t>
+  </si>
+  <si>
+    <t>$92,554</t>
   </si>
   <si>
     <t>Booz Allen Hamilton Holding Corp</t>
   </si>
   <si>
     <t>BAH</t>
   </si>
   <si>
     <t>099502106</t>
   </si>
   <si>
-    <t>$100,379</t>
-[...11 lines deleted...]
-    <t>$88,674</t>
+    <t>$77,933</t>
+  </si>
+  <si>
+    <t>Cash &amp; Other</t>
+  </si>
+  <si>
+    <t>Cash&amp;Other</t>
+  </si>
+  <si>
+    <t>28,315</t>
+  </si>
+  <si>
+    <t>$28,315</t>
+  </si>
+  <si>
+    <t>Circle Internet Group Inc</t>
+  </si>
+  <si>
+    <t>CRCL</t>
+  </si>
+  <si>
+    <t>$14,548</t>
+  </si>
+  <si>
+    <t>IREN Ltd</t>
+  </si>
+  <si>
+    <t>IREN</t>
+  </si>
+  <si>
+    <t>Q4982L109</t>
+  </si>
+  <si>
+    <t>$9,698</t>
   </si>
   <si>
     <t>Fermi Inc</t>
   </si>
   <si>
     <t>FRMI</t>
   </si>
   <si>
-    <t>$11,440</t>
-[...11 lines deleted...]
-    <t>$10,092</t>
+    <t>$5,784</t>
   </si>
   <si>
     <t>Forge Global Holdings Inc</t>
   </si>
   <si>
     <t>FRGE</t>
   </si>
   <si>
     <t>34629L202</t>
   </si>
   <si>
-    <t>$1,718</t>
+    <t>$4,587</t>
   </si>
   <si>
     <t>Tel Aviv Stock Exchange Ltd</t>
   </si>
   <si>
     <t>TASE IT</t>
   </si>
   <si>
     <t>BK5HCP4</t>
   </si>
   <si>
-    <t>$2,311</t>
-[...11 lines deleted...]
-    <t>$1,688</t>
+    <t>$2,684</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="1">
     <fill>
       <patternFill patternType="none"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
@@ -561,906 +570,929 @@
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:I37"/>
+  <dimension ref="A1:I38"/>
   <cols>
     <col min="1" max="1" width="12"/>
     <col min="2" max="2" width="13"/>
     <col min="3" max="3" width="46"/>
     <col min="4" max="4" width="11"/>
     <col min="5" max="5" width="11"/>
     <col min="6" max="6" width="12"/>
     <col min="7" max="7" width="13"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="1">
-        <v>0.0731</v>
+        <v>0.076</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s" s="2">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" s="1">
-        <v>0.0607</v>
+        <v>0.0693</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s" s="2">
         <v>16</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4" s="1">
-        <v>0.06</v>
+        <v>0.0676</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s" s="2">
         <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>7</v>
       </c>
       <c r="B5" s="1">
-        <v>0.0575</v>
+        <v>0.0574</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5" t="s">
         <v>24</v>
       </c>
       <c r="E5" t="s">
         <v>25</v>
       </c>
       <c r="F5" t="s" s="2">
         <v>26</v>
       </c>
       <c r="G5" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>7</v>
       </c>
       <c r="B6" s="1">
-        <v>0.0566</v>
+        <v>0.0559</v>
       </c>
       <c r="C6" t="s">
         <v>28</v>
       </c>
       <c r="D6" t="s">
         <v>29</v>
       </c>
-      <c r="E6" t="s">
+      <c r="E6">
+        <v>127190304</v>
+      </c>
+      <c r="F6" t="s" s="2">
         <v>30</v>
       </c>
-      <c r="F6" t="s" s="2">
+      <c r="G6" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>7</v>
       </c>
       <c r="B7" s="1">
-        <v>0.0549</v>
+        <v>0.054</v>
       </c>
       <c r="C7" t="s">
+        <v>32</v>
+      </c>
+      <c r="D7" t="s">
         <v>33</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7">
+        <v>631103108</v>
+      </c>
+      <c r="F7" t="s" s="2">
         <v>34</v>
       </c>
-      <c r="E7">
-[...2 lines deleted...]
-      <c r="F7" t="s" s="2">
+      <c r="G7" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>7</v>
       </c>
       <c r="B8" s="1">
-        <v>0.051</v>
+        <v>0.0536</v>
       </c>
       <c r="C8" t="s">
+        <v>36</v>
+      </c>
+      <c r="D8" t="s">
         <v>37</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8">
+        <v>6303866</v>
+      </c>
+      <c r="F8" t="s" s="2">
         <v>38</v>
       </c>
-      <c r="E8">
-[...2 lines deleted...]
-      <c r="F8" t="s" s="2">
+      <c r="G8" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="1">
-        <v>0.0506</v>
+        <v>0.0499</v>
       </c>
       <c r="C9" t="s">
+        <v>40</v>
+      </c>
+      <c r="D9" t="s">
         <v>41</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>42</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s" s="2">
         <v>43</v>
       </c>
-      <c r="F9" t="s" s="2">
+      <c r="G9" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="1">
-        <v>0.0464</v>
+        <v>0.043</v>
       </c>
       <c r="C10" t="s">
+        <v>45</v>
+      </c>
+      <c r="D10" t="s">
         <v>46</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10">
+        <v>7021963</v>
+      </c>
+      <c r="F10" t="s" s="2">
         <v>47</v>
       </c>
-      <c r="E10">
-[...2 lines deleted...]
-      <c r="F10" t="s" s="2">
+      <c r="G10" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>7</v>
       </c>
       <c r="B11" s="1">
-        <v>0.0438</v>
+        <v>0.0413</v>
       </c>
       <c r="C11" t="s">
+        <v>49</v>
+      </c>
+      <c r="D11" t="s">
         <v>50</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>7021963</v>
       </c>
       <c r="F11" t="s" s="2">
         <v>52</v>
       </c>
       <c r="G11" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>7</v>
       </c>
       <c r="B12" s="1">
-        <v>0.038</v>
+        <v>0.04</v>
       </c>
       <c r="C12" t="s">
         <v>54</v>
       </c>
       <c r="D12" t="s">
         <v>55</v>
       </c>
-      <c r="E12">
-        <v>6743882</v>
+      <c r="E12" t="s">
+        <v>56</v>
       </c>
       <c r="F12" t="s" s="2">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G12" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="1">
-        <v>0.0359</v>
+        <v>0.039</v>
       </c>
       <c r="C13" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D13" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="E13" t="s">
         <v>60</v>
+      </c>
+      <c r="E13">
+        <v>6743882</v>
       </c>
       <c r="F13" t="s" s="2">
         <v>61</v>
       </c>
       <c r="G13" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="1">
-        <v>0.0327</v>
+        <v>0.0353</v>
       </c>
       <c r="C14" t="s">
         <v>63</v>
       </c>
       <c r="D14" t="s">
         <v>64</v>
       </c>
       <c r="E14">
         <v>419870100</v>
       </c>
       <c r="F14" t="s" s="2">
         <v>65</v>
       </c>
       <c r="G14" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>7</v>
       </c>
       <c r="B15" s="1">
-        <v>0.031</v>
+        <v>0.0305</v>
       </c>
       <c r="C15" t="s">
         <v>67</v>
       </c>
       <c r="D15" t="s">
         <v>68</v>
       </c>
-      <c r="E15" t="s">
+      <c r="E15">
+        <v>6129222</v>
+      </c>
+      <c r="F15" t="s" s="2">
         <v>69</v>
       </c>
-      <c r="F15" t="s" s="2">
+      <c r="G15" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="1">
-        <v>0.0302</v>
+        <v>0.0292</v>
       </c>
       <c r="C16" t="s">
+        <v>71</v>
+      </c>
+      <c r="D16" t="s">
         <v>72</v>
       </c>
-      <c r="D16" t="s">
+      <c r="E16">
+        <v>892672106</v>
+      </c>
+      <c r="F16" t="s" s="2">
         <v>73</v>
       </c>
-      <c r="E16">
-[...2 lines deleted...]
-      <c r="F16" t="s" s="2">
+      <c r="G16" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="1">
-        <v>0.0292</v>
+        <v>0.0285</v>
       </c>
       <c r="C17" t="s">
+        <v>75</v>
+      </c>
+      <c r="D17" t="s">
         <v>76</v>
       </c>
-      <c r="D17" t="s">
+      <c r="E17">
+        <v>514952100</v>
+      </c>
+      <c r="F17" t="s" s="2">
         <v>77</v>
       </c>
-      <c r="E17">
-[...2 lines deleted...]
-      <c r="F17" t="s" s="2">
+      <c r="G17" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="1">
-        <v>0.0283</v>
+        <v>0.0278</v>
       </c>
       <c r="C18" t="s">
+        <v>79</v>
+      </c>
+      <c r="D18" t="s">
         <v>80</v>
       </c>
-      <c r="D18" t="s">
+      <c r="E18" t="s">
         <v>81</v>
       </c>
-      <c r="E18" t="s">
+      <c r="F18" t="s" s="2">
         <v>82</v>
       </c>
-      <c r="F18" t="s" s="2">
+      <c r="G18" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="1">
-        <v>0.0272</v>
+        <v>0.0263</v>
       </c>
       <c r="C19" t="s">
+        <v>84</v>
+      </c>
+      <c r="D19" t="s">
         <v>85</v>
       </c>
-      <c r="D19" t="s">
+      <c r="E19" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>514952100</v>
       </c>
       <c r="F19" t="s" s="2">
         <v>87</v>
       </c>
       <c r="G19" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="1">
-        <v>0.0272</v>
+        <v>0.0239</v>
       </c>
       <c r="C20" t="s">
         <v>89</v>
       </c>
       <c r="D20" t="s">
         <v>90</v>
       </c>
-      <c r="E20" t="s">
+      <c r="E20">
+        <v>808625107</v>
+      </c>
+      <c r="F20" t="s" s="2">
         <v>91</v>
       </c>
-      <c r="F20" t="s" s="2">
+      <c r="G20" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="1">
-        <v>0.0272</v>
+        <v>0.023</v>
       </c>
       <c r="C21" t="s">
+        <v>93</v>
+      </c>
+      <c r="D21" t="s">
         <v>94</v>
       </c>
-      <c r="D21" t="s">
+      <c r="E21" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>808625107</v>
       </c>
       <c r="F21" t="s" s="2">
         <v>96</v>
       </c>
       <c r="G21" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="1">
-        <v>0.021</v>
+        <v>0.0229</v>
       </c>
       <c r="C22" t="s">
         <v>98</v>
       </c>
       <c r="D22" t="s">
         <v>99</v>
       </c>
       <c r="E22" t="s">
         <v>100</v>
       </c>
       <c r="F22" t="s" s="2">
         <v>101</v>
       </c>
       <c r="G22" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="1">
-        <v>0.0209</v>
+        <v>0.0211</v>
       </c>
       <c r="C23" t="s">
         <v>103</v>
       </c>
       <c r="D23" t="s">
         <v>104</v>
       </c>
       <c r="E23" t="s">
         <v>105</v>
       </c>
       <c r="F23" t="s" s="2">
         <v>106</v>
       </c>
       <c r="G23" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>7</v>
       </c>
       <c r="B24" s="1">
-        <v>0.0209</v>
+        <v>0.0162</v>
       </c>
       <c r="C24" t="s">
         <v>108</v>
       </c>
       <c r="D24" t="s">
         <v>109</v>
       </c>
       <c r="E24" t="s">
         <v>110</v>
       </c>
       <c r="F24" t="s" s="2">
         <v>111</v>
       </c>
       <c r="G24" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>7</v>
       </c>
       <c r="B25" s="1">
-        <v>0.0163</v>
+        <v>0.0123</v>
       </c>
       <c r="C25" t="s">
         <v>113</v>
       </c>
       <c r="D25" t="s">
         <v>114</v>
       </c>
       <c r="E25" t="s">
         <v>115</v>
       </c>
       <c r="F25" t="s" s="2">
         <v>116</v>
       </c>
       <c r="G25" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>7</v>
       </c>
       <c r="B26" s="1">
-        <v>0.0138</v>
+        <v>0.0115</v>
       </c>
       <c r="C26" t="s">
         <v>118</v>
       </c>
       <c r="D26" t="s">
         <v>119</v>
       </c>
-      <c r="E26">
-        <v>389930207</v>
+      <c r="E26" t="s">
+        <v>120</v>
       </c>
       <c r="F26" t="s" s="2">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="G26" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>7</v>
       </c>
       <c r="B27" s="1">
-        <v>0.0115</v>
+        <v>0.0101</v>
       </c>
       <c r="C27" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D27" t="s">
-        <v>123</v>
-[...1 lines deleted...]
-      <c r="E27" t="s">
         <v>124</v>
+      </c>
+      <c r="E27">
+        <v>389930207</v>
       </c>
       <c r="F27" t="s" s="2">
         <v>125</v>
       </c>
       <c r="G27" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>7</v>
       </c>
       <c r="B28" s="1">
-        <v>0.0082</v>
+        <v>0.0075</v>
       </c>
       <c r="C28" t="s">
         <v>127</v>
       </c>
       <c r="D28" t="s">
         <v>128</v>
       </c>
       <c r="E28">
         <v>6301871</v>
       </c>
       <c r="F28" t="s" s="2">
         <v>129</v>
       </c>
       <c r="G28" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>7</v>
       </c>
       <c r="B29" s="1">
-        <v>0.0077</v>
+        <v>0.0074</v>
       </c>
       <c r="C29" t="s">
         <v>131</v>
       </c>
       <c r="D29" t="s">
         <v>132</v>
       </c>
-      <c r="E29" t="s">
+      <c r="E29">
+        <v>4108278</v>
+      </c>
+      <c r="F29" t="s" s="2">
         <v>133</v>
       </c>
-      <c r="F29" t="s" s="2">
+      <c r="G29" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>7</v>
       </c>
       <c r="B30" s="1">
-        <v>0.0075</v>
+        <v>0.0069</v>
       </c>
       <c r="C30" t="s">
+        <v>135</v>
+      </c>
+      <c r="D30" t="s">
         <v>136</v>
       </c>
-      <c r="D30" t="s">
+      <c r="E30" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>4108278</v>
       </c>
       <c r="F30" t="s" s="2">
         <v>138</v>
       </c>
       <c r="G30" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>7</v>
       </c>
       <c r="B31" s="1">
-        <v>0.005</v>
+        <v>0.0049</v>
       </c>
       <c r="C31" t="s">
         <v>140</v>
       </c>
       <c r="D31" t="s">
         <v>141</v>
       </c>
-      <c r="E31" t="s" s="2">
+      <c r="E31">
+        <v>6623155</v>
+      </c>
+      <c r="F31" t="s" s="2">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>965</v>
       </c>
       <c r="G31" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>7</v>
       </c>
       <c r="B32" s="1">
-        <v>0.0045</v>
+        <v>0.0041</v>
       </c>
       <c r="C32" t="s">
         <v>144</v>
       </c>
       <c r="D32" t="s">
         <v>145</v>
       </c>
-      <c r="E32">
-[...2 lines deleted...]
-      <c r="F32" t="s" s="2">
+      <c r="E32" t="s" s="2">
         <v>146</v>
+      </c>
+      <c r="F32">
+        <v>965</v>
       </c>
       <c r="G32" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>7</v>
       </c>
       <c r="B33" s="1">
-        <v>0.0006</v>
+        <v>0.0015</v>
       </c>
       <c r="C33" t="s">
         <v>148</v>
       </c>
       <c r="D33" t="s">
         <v>149</v>
       </c>
-      <c r="E33">
-[...3 lines deleted...]
-        <v>400</v>
+      <c r="E33" t="s">
+        <v>149</v>
+      </c>
+      <c r="F33" t="s" s="2">
+        <v>150</v>
       </c>
       <c r="G33" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>7</v>
       </c>
       <c r="B34" s="1">
-        <v>0.0005</v>
+        <v>0.0008</v>
       </c>
       <c r="C34" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D34" t="s">
-        <v>152</v>
-[...1 lines deleted...]
-      <c r="E34" t="s">
         <v>153</v>
+      </c>
+      <c r="E34">
+        <v>172573107</v>
       </c>
       <c r="F34">
         <v>200</v>
       </c>
       <c r="G34" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>7</v>
       </c>
       <c r="B35" s="1">
-        <v>0.0001</v>
+        <v>0.0005</v>
       </c>
       <c r="C35" t="s">
         <v>155</v>
       </c>
       <c r="D35" t="s">
         <v>156</v>
       </c>
       <c r="E35" t="s">
         <v>157</v>
       </c>
       <c r="F35">
-        <v>104</v>
+        <v>200</v>
       </c>
       <c r="G35" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>7</v>
       </c>
       <c r="B36" s="1">
-        <v>0.0001</v>
+        <v>0.0003</v>
       </c>
       <c r="C36" t="s">
         <v>159</v>
       </c>
       <c r="D36" t="s">
         <v>160</v>
       </c>
-      <c r="E36" t="s">
+      <c r="E36">
+        <v>314911108</v>
+      </c>
+      <c r="F36">
+        <v>400</v>
+      </c>
+      <c r="G36" t="s">
         <v>161</v>
-      </c>
-[...4 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>7</v>
       </c>
       <c r="B37" s="1">
-        <v>0.0001</v>
+        <v>0.0002</v>
       </c>
       <c r="C37" t="s">
+        <v>162</v>
+      </c>
+      <c r="D37" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="E37" t="s">
         <v>164</v>
       </c>
-      <c r="F37" t="s" s="2">
+      <c r="F37">
+        <v>104</v>
+      </c>
+      <c r="G37" t="s">
         <v>165</v>
       </c>
-      <c r="G37" t="s">
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>7</v>
+      </c>
+      <c r="B38" s="1">
+        <v>0.0001</v>
+      </c>
+      <c r="C38" t="s">
         <v>166</v>
+      </c>
+      <c r="D38" t="s">
+        <v>167</v>
+      </c>
+      <c r="E38" t="s">
+        <v>168</v>
+      </c>
+      <c r="F38">
+        <v>100</v>
+      </c>
+      <c r="G38" t="s">
+        <v>169</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>