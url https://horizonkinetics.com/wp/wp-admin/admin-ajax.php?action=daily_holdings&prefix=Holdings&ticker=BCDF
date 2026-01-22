--- v1 (2025-11-25)
+++ v2 (2026-01-22)
@@ -9,560 +9,584 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="170" uniqueCount="170">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="178" uniqueCount="178">
   <si>
     <t>Data as of:</t>
   </si>
   <si>
     <t>% Net Assets</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Ticker</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>Shares Held</t>
   </si>
   <si>
     <t>Market Value</t>
   </si>
   <si>
-    <t>11/25/25</t>
+    <t>01/22/26</t>
+  </si>
+  <si>
+    <t>Urbana Corp</t>
+  </si>
+  <si>
+    <t>URB/A CN</t>
+  </si>
+  <si>
+    <t>B1N4CX2</t>
+  </si>
+  <si>
+    <t>243,490</t>
+  </si>
+  <si>
+    <t>$1,672,852</t>
+  </si>
+  <si>
+    <t>Cboe Global Markets Inc</t>
+  </si>
+  <si>
+    <t>CBOE</t>
+  </si>
+  <si>
+    <t>12503M108</t>
+  </si>
+  <si>
+    <t>5,454</t>
+  </si>
+  <si>
+    <t>$1,491,233</t>
+  </si>
+  <si>
+    <t>Nasdaq Inc</t>
+  </si>
+  <si>
+    <t>NDAQ</t>
+  </si>
+  <si>
+    <t>12,534</t>
+  </si>
+  <si>
+    <t>$1,238,109</t>
+  </si>
+  <si>
+    <t>TMX Group Ltd</t>
+  </si>
+  <si>
+    <t>X CN</t>
+  </si>
+  <si>
+    <t>B8KH5G7</t>
+  </si>
+  <si>
+    <t>31,947</t>
+  </si>
+  <si>
+    <t>$1,192,586</t>
+  </si>
+  <si>
+    <t>CACI International Inc</t>
+  </si>
+  <si>
+    <t>CACI</t>
+  </si>
+  <si>
+    <t>1,880</t>
+  </si>
+  <si>
+    <t>$1,190,463</t>
+  </si>
+  <si>
+    <t>Singapore Exchange Ltd</t>
+  </si>
+  <si>
+    <t>SGX SP</t>
+  </si>
+  <si>
+    <t>86,820</t>
+  </si>
+  <si>
+    <t>$1,170,994</t>
+  </si>
+  <si>
+    <t>Intercontinental Exchange Inc</t>
+  </si>
+  <si>
+    <t>ICE</t>
+  </si>
+  <si>
+    <t>45866F104</t>
+  </si>
+  <si>
+    <t>6,697</t>
+  </si>
+  <si>
+    <t>$1,151,650</t>
   </si>
   <si>
     <t>US BANK MMDA - USBGFS 7 06/01/2031</t>
   </si>
   <si>
     <t>USBGFS7</t>
   </si>
   <si>
     <t>8AMMF0FT3</t>
   </si>
   <si>
-    <t>1,443,749</t>
-[...98 lines deleted...]
-    <t>$948,133</t>
+    <t>1,148,086</t>
+  </si>
+  <si>
+    <t>$1,148,086</t>
+  </si>
+  <si>
+    <t>Galaxy Digital Inc</t>
+  </si>
+  <si>
+    <t>GLXY</t>
+  </si>
+  <si>
+    <t>36317J209</t>
+  </si>
+  <si>
+    <t>31,691</t>
+  </si>
+  <si>
+    <t>$1,028,373</t>
+  </si>
+  <si>
+    <t>Hawaiian Electric Industries Inc</t>
+  </si>
+  <si>
+    <t>HE</t>
+  </si>
+  <si>
+    <t>63,080</t>
+  </si>
+  <si>
+    <t>$928,853</t>
   </si>
   <si>
     <t>Deutsche Boerse AG</t>
   </si>
   <si>
     <t>DB1 GR</t>
   </si>
   <si>
-    <t>3,279</t>
-[...17 lines deleted...]
-    <t>$785,303</t>
+    <t>3,541</t>
+  </si>
+  <si>
+    <t>$867,277</t>
   </si>
   <si>
     <t>Miami International Holdings Inc</t>
   </si>
   <si>
     <t>MIAX</t>
   </si>
   <si>
     <t>59356Q108</t>
   </si>
   <si>
-    <t>16,989</t>
-[...2 lines deleted...]
-    <t>$759,918</t>
+    <t>18,347</t>
+  </si>
+  <si>
+    <t>$806,075</t>
   </si>
   <si>
     <t>Japan Exchange Group Inc</t>
   </si>
   <si>
     <t>8697 JP</t>
   </si>
   <si>
-    <t>66,300</t>
-[...14 lines deleted...]
-    <t>$670,524</t>
+    <t>71,604</t>
+  </si>
+  <si>
+    <t>$795,399</t>
+  </si>
+  <si>
+    <t>WisdomTree Inc</t>
+  </si>
+  <si>
+    <t>WT</t>
+  </si>
+  <si>
+    <t>97717P104</t>
+  </si>
+  <si>
+    <t>45,360</t>
+  </si>
+  <si>
+    <t>$715,100</t>
+  </si>
+  <si>
+    <t>Science Applications International Corp</t>
+  </si>
+  <si>
+    <t>SAIC</t>
+  </si>
+  <si>
+    <t>5,757</t>
+  </si>
+  <si>
+    <t>$626,016</t>
+  </si>
+  <si>
+    <t>Landbridge Co LLC</t>
+  </si>
+  <si>
+    <t>LB</t>
+  </si>
+  <si>
+    <t>10,328</t>
+  </si>
+  <si>
+    <t>$605,066</t>
   </si>
   <si>
     <t>ASX Ltd</t>
   </si>
   <si>
     <t>ASX AU</t>
   </si>
   <si>
-    <t>15,425</t>
-[...2 lines deleted...]
-    <t>$578,606</t>
+    <t>16,659</t>
+  </si>
+  <si>
+    <t>$602,634</t>
+  </si>
+  <si>
+    <t>London Stock Exchange Group PLC</t>
+  </si>
+  <si>
+    <t>LSEG LN</t>
+  </si>
+  <si>
+    <t>B0SWJX3</t>
+  </si>
+  <si>
+    <t>4,674</t>
+  </si>
+  <si>
+    <t>$551,160</t>
   </si>
   <si>
     <t>Tradeweb Markets Inc</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>5,283</t>
   </si>
   <si>
-    <t>$555,243</t>
-[...53 lines deleted...]
-    <t>$453,561</t>
+    <t>$548,085</t>
+  </si>
+  <si>
+    <t>OTC Markets Group Inc</t>
+  </si>
+  <si>
+    <t>OTCM</t>
+  </si>
+  <si>
+    <t>67106F108</t>
+  </si>
+  <si>
+    <t>8,832</t>
+  </si>
+  <si>
+    <t>$482,669</t>
   </si>
   <si>
     <t>CME Group Inc</t>
   </si>
   <si>
     <t>CME</t>
   </si>
   <si>
     <t>12572Q105</t>
   </si>
   <si>
-    <t>1,582</t>
-[...17 lines deleted...]
-    <t>$435,894</t>
+    <t>1,708</t>
+  </si>
+  <si>
+    <t>$476,652</t>
   </si>
   <si>
     <t>Broadridge Financial Solutions Inc</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>11133T103</t>
   </si>
   <si>
-    <t>1,775</t>
-[...2 lines deleted...]
-    <t>$401,558</t>
+    <t>1,917</t>
+  </si>
+  <si>
+    <t>$396,541</t>
   </si>
   <si>
     <t>MarketAxess Holdings Inc</t>
   </si>
   <si>
     <t>MKTX</t>
   </si>
   <si>
     <t>57060D108</t>
   </si>
   <si>
-    <t>1,902</t>
-[...2 lines deleted...]
-    <t>$307,744</t>
+    <t>2,054</t>
+  </si>
+  <si>
+    <t>$353,144</t>
   </si>
   <si>
     <t>Euronext NV</t>
   </si>
   <si>
     <t>ENX FP</t>
   </si>
   <si>
     <t>BNBNSG0</t>
   </si>
   <si>
-    <t>1,567</t>
-[...5 lines deleted...]
-    <t>Bakkt Holdings Inc/US</t>
+    <t>1,691</t>
+  </si>
+  <si>
+    <t>$240,229</t>
+  </si>
+  <si>
+    <t>Bakkt Inc</t>
   </si>
   <si>
     <t>BKKT</t>
   </si>
   <si>
     <t>05759B305</t>
   </si>
   <si>
-    <t>13,985</t>
-[...2 lines deleted...]
-    <t>$218,166</t>
+    <t>14,522</t>
+  </si>
+  <si>
+    <t>$236,781</t>
   </si>
   <si>
     <t>Grayscale Bitcoin Mini Trust ETF</t>
   </si>
   <si>
     <t>BTC</t>
   </si>
   <si>
-    <t>4,868</t>
-[...2 lines deleted...]
-    <t>$192,091</t>
+    <t>5,256</t>
+  </si>
+  <si>
+    <t>$209,609</t>
+  </si>
+  <si>
+    <t>Cash &amp; Other</t>
+  </si>
+  <si>
+    <t>Cash&amp;Other</t>
+  </si>
+  <si>
+    <t>179,833</t>
+  </si>
+  <si>
+    <t>$179,833</t>
   </si>
   <si>
     <t>Toei Animation Co Ltd</t>
   </si>
   <si>
     <t>4816 JP</t>
   </si>
   <si>
-    <t>7,936</t>
-[...2 lines deleted...]
-    <t>$142,630</t>
+    <t>8,570</t>
+  </si>
+  <si>
+    <t>$148,309</t>
+  </si>
+  <si>
+    <t>2ENX IM</t>
+  </si>
+  <si>
+    <t>BMV1H93</t>
+  </si>
+  <si>
+    <t>$138,796</t>
+  </si>
+  <si>
+    <t>IG Port Inc</t>
+  </si>
+  <si>
+    <t>3791 JP</t>
+  </si>
+  <si>
+    <t>B0QJFC7</t>
+  </si>
+  <si>
+    <t>15,880</t>
+  </si>
+  <si>
+    <t>$127,871</t>
+  </si>
+  <si>
+    <t>NZX Ltd</t>
+  </si>
+  <si>
+    <t>NZX NZ</t>
+  </si>
+  <si>
+    <t>115,710</t>
+  </si>
+  <si>
+    <t>$104,234</t>
+  </si>
+  <si>
+    <t>Booz Allen Hamilton Holding Corp</t>
+  </si>
+  <si>
+    <t>BAH</t>
+  </si>
+  <si>
+    <t>099502106</t>
+  </si>
+  <si>
+    <t>1,041</t>
+  </si>
+  <si>
+    <t>$99,478</t>
+  </si>
+  <si>
+    <t>Circle Internet Group Inc</t>
+  </si>
+  <si>
+    <t>CRCL</t>
+  </si>
+  <si>
+    <t>$15,700</t>
+  </si>
+  <si>
+    <t>IREN Ltd</t>
+  </si>
+  <si>
+    <t>IREN</t>
+  </si>
+  <si>
+    <t>Q4982L109</t>
+  </si>
+  <si>
+    <t>$11,552</t>
   </si>
   <si>
     <t>Hellenic Exchanges - Athens Stock Exchange SA</t>
   </si>
   <si>
     <t>EXAE GA</t>
   </si>
   <si>
-    <t>19,556</t>
-[...74 lines deleted...]
-    <t>$9,698</t>
+    <t>$5,749</t>
+  </si>
+  <si>
+    <t>Forge Global Holdings Inc</t>
+  </si>
+  <si>
+    <t>FRGE</t>
+  </si>
+  <si>
+    <t>34629L202</t>
+  </si>
+  <si>
+    <t>$5,005</t>
   </si>
   <si>
     <t>Fermi Inc</t>
   </si>
   <si>
     <t>FRMI</t>
   </si>
   <si>
-    <t>$5,784</t>
-[...11 lines deleted...]
-    <t>$4,587</t>
+    <t>$3,905</t>
   </si>
   <si>
     <t>Tel Aviv Stock Exchange Ltd</t>
   </si>
   <si>
     <t>TASE IT</t>
   </si>
   <si>
     <t>BK5HCP4</t>
   </si>
   <si>
-    <t>$2,684</t>
+    <t>$3,985</t>
+  </si>
+  <si>
+    <t>0.00%</t>
+  </si>
+  <si>
+    <t>EURO</t>
+  </si>
+  <si>
+    <t>EUR</t>
+  </si>
+  <si>
+    <t>CASHEUR</t>
+  </si>
+  <si>
+    <t>$-119</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="1">
     <fill>
       <patternFill patternType="none"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
@@ -570,929 +594,975 @@
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:I38"/>
+  <dimension ref="A1:I40"/>
   <cols>
     <col min="1" max="1" width="12"/>
     <col min="2" max="2" width="13"/>
     <col min="3" max="3" width="46"/>
     <col min="4" max="4" width="11"/>
     <col min="5" max="5" width="11"/>
     <col min="6" max="6" width="12"/>
     <col min="7" max="7" width="13"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="1">
-        <v>0.076</v>
+        <v>0.0776</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s" s="2">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" s="1">
-        <v>0.0693</v>
+        <v>0.0691</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s" s="2">
         <v>16</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4" s="1">
-        <v>0.0676</v>
+        <v>0.0574</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="E4" t="s">
+      <c r="E4">
+        <v>631103108</v>
+      </c>
+      <c r="F4" t="s" s="2">
         <v>20</v>
       </c>
-      <c r="F4" t="s" s="2">
+      <c r="G4" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>7</v>
       </c>
       <c r="B5" s="1">
-        <v>0.0574</v>
+        <v>0.0553</v>
       </c>
       <c r="C5" t="s">
+        <v>22</v>
+      </c>
+      <c r="D5" t="s">
         <v>23</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>24</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s" s="2">
         <v>25</v>
       </c>
-      <c r="F5" t="s" s="2">
+      <c r="G5" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>7</v>
       </c>
       <c r="B6" s="1">
-        <v>0.0559</v>
+        <v>0.0552</v>
       </c>
       <c r="C6" t="s">
+        <v>27</v>
+      </c>
+      <c r="D6" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="E6">
         <v>127190304</v>
       </c>
       <c r="F6" t="s" s="2">
+        <v>29</v>
+      </c>
+      <c r="G6" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>7</v>
       </c>
       <c r="B7" s="1">
-        <v>0.054</v>
+        <v>0.0543</v>
       </c>
       <c r="C7" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" t="s">
         <v>32</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7">
+        <v>6303866</v>
+      </c>
+      <c r="F7" t="s" s="2">
         <v>33</v>
       </c>
-      <c r="E7">
-[...2 lines deleted...]
-      <c r="F7" t="s" s="2">
+      <c r="G7" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>7</v>
       </c>
       <c r="B8" s="1">
-        <v>0.0536</v>
+        <v>0.0534</v>
       </c>
       <c r="C8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D8" t="s">
         <v>36</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>6303866</v>
       </c>
       <c r="F8" t="s" s="2">
         <v>38</v>
       </c>
       <c r="G8" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="1">
-        <v>0.0499</v>
+        <v>0.0532</v>
       </c>
       <c r="C9" t="s">
         <v>40</v>
       </c>
       <c r="D9" t="s">
         <v>41</v>
       </c>
       <c r="E9" t="s">
         <v>42</v>
       </c>
       <c r="F9" t="s" s="2">
         <v>43</v>
       </c>
       <c r="G9" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="1">
-        <v>0.043</v>
+        <v>0.0477</v>
       </c>
       <c r="C10" t="s">
         <v>45</v>
       </c>
       <c r="D10" t="s">
         <v>46</v>
       </c>
-      <c r="E10">
-        <v>7021963</v>
+      <c r="E10" t="s">
+        <v>47</v>
       </c>
       <c r="F10" t="s" s="2">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G10" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>7</v>
       </c>
       <c r="B11" s="1">
-        <v>0.0413</v>
+        <v>0.0431</v>
       </c>
       <c r="C11" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D11" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="E11" t="s">
         <v>51</v>
+      </c>
+      <c r="E11">
+        <v>419870100</v>
       </c>
       <c r="F11" t="s" s="2">
         <v>52</v>
       </c>
       <c r="G11" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>7</v>
       </c>
       <c r="B12" s="1">
-        <v>0.04</v>
+        <v>0.0402</v>
       </c>
       <c r="C12" t="s">
         <v>54</v>
       </c>
       <c r="D12" t="s">
         <v>55</v>
       </c>
-      <c r="E12" t="s">
+      <c r="E12">
+        <v>7021963</v>
+      </c>
+      <c r="F12" t="s" s="2">
         <v>56</v>
       </c>
-      <c r="F12" t="s" s="2">
+      <c r="G12" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="1">
-        <v>0.039</v>
+        <v>0.0374</v>
       </c>
       <c r="C13" t="s">
+        <v>58</v>
+      </c>
+      <c r="D13" t="s">
         <v>59</v>
       </c>
-      <c r="D13" t="s">
+      <c r="E13" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>6743882</v>
       </c>
       <c r="F13" t="s" s="2">
         <v>61</v>
       </c>
       <c r="G13" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="1">
-        <v>0.0353</v>
+        <v>0.0369</v>
       </c>
       <c r="C14" t="s">
         <v>63</v>
       </c>
       <c r="D14" t="s">
         <v>64</v>
       </c>
       <c r="E14">
-        <v>419870100</v>
+        <v>6743882</v>
       </c>
       <c r="F14" t="s" s="2">
         <v>65</v>
       </c>
       <c r="G14" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>7</v>
       </c>
       <c r="B15" s="1">
-        <v>0.0305</v>
+        <v>0.0332</v>
       </c>
       <c r="C15" t="s">
         <v>67</v>
       </c>
       <c r="D15" t="s">
         <v>68</v>
       </c>
-      <c r="E15">
-        <v>6129222</v>
+      <c r="E15" t="s">
+        <v>69</v>
       </c>
       <c r="F15" t="s" s="2">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="1">
-        <v>0.0292</v>
+        <v>0.029</v>
       </c>
       <c r="C16" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D16" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E16">
-        <v>892672106</v>
+        <v>808625107</v>
       </c>
       <c r="F16" t="s" s="2">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="G16" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="1">
-        <v>0.0285</v>
+        <v>0.0281</v>
       </c>
       <c r="C17" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D17" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E17">
         <v>514952100</v>
       </c>
       <c r="F17" t="s" s="2">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="G17" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="1">
-        <v>0.0278</v>
+        <v>0.0279</v>
       </c>
       <c r="C18" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D18" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="E18" t="s">
         <v>81</v>
+      </c>
+      <c r="E18">
+        <v>6129222</v>
       </c>
       <c r="F18" t="s" s="2">
         <v>82</v>
       </c>
       <c r="G18" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="1">
-        <v>0.0263</v>
+        <v>0.0256</v>
       </c>
       <c r="C19" t="s">
         <v>84</v>
       </c>
       <c r="D19" t="s">
         <v>85</v>
       </c>
       <c r="E19" t="s">
         <v>86</v>
       </c>
       <c r="F19" t="s" s="2">
         <v>87</v>
       </c>
       <c r="G19" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="1">
-        <v>0.0239</v>
+        <v>0.0254</v>
       </c>
       <c r="C20" t="s">
         <v>89</v>
       </c>
       <c r="D20" t="s">
         <v>90</v>
       </c>
       <c r="E20">
-        <v>808625107</v>
+        <v>892672106</v>
       </c>
       <c r="F20" t="s" s="2">
         <v>91</v>
       </c>
       <c r="G20" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="1">
-        <v>0.023</v>
+        <v>0.0224</v>
       </c>
       <c r="C21" t="s">
         <v>93</v>
       </c>
       <c r="D21" t="s">
         <v>94</v>
       </c>
       <c r="E21" t="s">
         <v>95</v>
       </c>
       <c r="F21" t="s" s="2">
         <v>96</v>
       </c>
       <c r="G21" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="1">
-        <v>0.0229</v>
+        <v>0.0221</v>
       </c>
       <c r="C22" t="s">
         <v>98</v>
       </c>
       <c r="D22" t="s">
         <v>99</v>
       </c>
       <c r="E22" t="s">
         <v>100</v>
       </c>
       <c r="F22" t="s" s="2">
         <v>101</v>
       </c>
       <c r="G22" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="1">
-        <v>0.0211</v>
+        <v>0.0184</v>
       </c>
       <c r="C23" t="s">
         <v>103</v>
       </c>
       <c r="D23" t="s">
         <v>104</v>
       </c>
       <c r="E23" t="s">
         <v>105</v>
       </c>
       <c r="F23" t="s" s="2">
         <v>106</v>
       </c>
       <c r="G23" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>7</v>
       </c>
       <c r="B24" s="1">
-        <v>0.0162</v>
+        <v>0.0164</v>
       </c>
       <c r="C24" t="s">
         <v>108</v>
       </c>
       <c r="D24" t="s">
         <v>109</v>
       </c>
       <c r="E24" t="s">
         <v>110</v>
       </c>
       <c r="F24" t="s" s="2">
         <v>111</v>
       </c>
       <c r="G24" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>7</v>
       </c>
       <c r="B25" s="1">
-        <v>0.0123</v>
+        <v>0.0111</v>
       </c>
       <c r="C25" t="s">
         <v>113</v>
       </c>
       <c r="D25" t="s">
         <v>114</v>
       </c>
       <c r="E25" t="s">
         <v>115</v>
       </c>
       <c r="F25" t="s" s="2">
         <v>116</v>
       </c>
       <c r="G25" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>7</v>
       </c>
       <c r="B26" s="1">
-        <v>0.0115</v>
+        <v>0.011</v>
       </c>
       <c r="C26" t="s">
         <v>118</v>
       </c>
       <c r="D26" t="s">
         <v>119</v>
       </c>
       <c r="E26" t="s">
         <v>120</v>
       </c>
       <c r="F26" t="s" s="2">
         <v>121</v>
       </c>
       <c r="G26" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>7</v>
       </c>
       <c r="B27" s="1">
-        <v>0.0101</v>
+        <v>0.0097</v>
       </c>
       <c r="C27" t="s">
         <v>123</v>
       </c>
       <c r="D27" t="s">
         <v>124</v>
       </c>
       <c r="E27">
         <v>389930207</v>
       </c>
       <c r="F27" t="s" s="2">
         <v>125</v>
       </c>
       <c r="G27" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>7</v>
       </c>
       <c r="B28" s="1">
-        <v>0.0075</v>
+        <v>0.0083</v>
       </c>
       <c r="C28" t="s">
         <v>127</v>
       </c>
       <c r="D28" t="s">
         <v>128</v>
       </c>
-      <c r="E28">
-        <v>6301871</v>
+      <c r="E28" t="s">
+        <v>128</v>
       </c>
       <c r="F28" t="s" s="2">
         <v>129</v>
       </c>
       <c r="G28" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>7</v>
       </c>
       <c r="B29" s="1">
-        <v>0.0074</v>
+        <v>0.0069</v>
       </c>
       <c r="C29" t="s">
         <v>131</v>
       </c>
       <c r="D29" t="s">
         <v>132</v>
       </c>
       <c r="E29">
-        <v>4108278</v>
+        <v>6301871</v>
       </c>
       <c r="F29" t="s" s="2">
         <v>133</v>
       </c>
       <c r="G29" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>7</v>
       </c>
       <c r="B30" s="1">
-        <v>0.0069</v>
+        <v>0.0064</v>
       </c>
       <c r="C30" t="s">
+        <v>113</v>
+      </c>
+      <c r="D30" t="s">
         <v>135</v>
       </c>
-      <c r="D30" t="s">
+      <c r="E30" t="s">
         <v>136</v>
       </c>
-      <c r="E30" t="s">
+      <c r="F30">
+        <v>977</v>
+      </c>
+      <c r="G30" t="s">
         <v>137</v>
-      </c>
-[...4 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>7</v>
       </c>
       <c r="B31" s="1">
-        <v>0.0049</v>
+        <v>0.0059</v>
       </c>
       <c r="C31" t="s">
+        <v>138</v>
+      </c>
+      <c r="D31" t="s">
+        <v>139</v>
+      </c>
+      <c r="E31" t="s">
         <v>140</v>
       </c>
-      <c r="D31" t="s">
+      <c r="F31" t="s" s="2">
         <v>141</v>
       </c>
-      <c r="E31">
-[...2 lines deleted...]
-      <c r="F31" t="s" s="2">
+      <c r="G31" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>7</v>
       </c>
       <c r="B32" s="1">
-        <v>0.0041</v>
+        <v>0.0048</v>
       </c>
       <c r="C32" t="s">
+        <v>143</v>
+      </c>
+      <c r="D32" t="s">
         <v>144</v>
       </c>
-      <c r="D32" t="s">
+      <c r="E32">
+        <v>6623155</v>
+      </c>
+      <c r="F32" t="s" s="2">
         <v>145</v>
       </c>
-      <c r="E32" t="s" s="2">
+      <c r="G32" t="s">
         <v>146</v>
-      </c>
-[...4 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>7</v>
       </c>
       <c r="B33" s="1">
-        <v>0.0015</v>
+        <v>0.0046</v>
       </c>
       <c r="C33" t="s">
+        <v>147</v>
+      </c>
+      <c r="D33" t="s">
         <v>148</v>
       </c>
-      <c r="D33" t="s">
-[...2 lines deleted...]
-      <c r="E33" t="s">
+      <c r="E33" t="s" s="2">
         <v>149</v>
       </c>
       <c r="F33" t="s" s="2">
         <v>150</v>
       </c>
       <c r="G33" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>7</v>
       </c>
       <c r="B34" s="1">
-        <v>0.0008</v>
+        <v>0.0007</v>
       </c>
       <c r="C34" t="s">
         <v>152</v>
       </c>
       <c r="D34" t="s">
         <v>153</v>
       </c>
       <c r="E34">
         <v>172573107</v>
       </c>
       <c r="F34">
-        <v>200</v>
+        <v>216</v>
       </c>
       <c r="G34" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>7</v>
       </c>
       <c r="B35" s="1">
         <v>0.0005</v>
       </c>
       <c r="C35" t="s">
         <v>155</v>
       </c>
       <c r="D35" t="s">
         <v>156</v>
       </c>
       <c r="E35" t="s">
         <v>157</v>
       </c>
       <c r="F35">
-        <v>200</v>
+        <v>216</v>
       </c>
       <c r="G35" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>7</v>
       </c>
       <c r="B36" s="1">
         <v>0.0003</v>
       </c>
       <c r="C36" t="s">
         <v>159</v>
       </c>
       <c r="D36" t="s">
         <v>160</v>
       </c>
       <c r="E36">
-        <v>314911108</v>
+        <v>4108278</v>
       </c>
       <c r="F36">
-        <v>400</v>
+        <v>812</v>
       </c>
       <c r="G36" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>7</v>
       </c>
       <c r="B37" s="1">
         <v>0.0002</v>
       </c>
       <c r="C37" t="s">
         <v>162</v>
       </c>
       <c r="D37" t="s">
         <v>163</v>
       </c>
       <c r="E37" t="s">
         <v>164</v>
       </c>
       <c r="F37">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="G37" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>7</v>
       </c>
       <c r="B38" s="1">
-        <v>0.0001</v>
+        <v>0.0002</v>
       </c>
       <c r="C38" t="s">
         <v>166</v>
       </c>
       <c r="D38" t="s">
         <v>167</v>
       </c>
-      <c r="E38" t="s">
+      <c r="E38">
+        <v>314911108</v>
+      </c>
+      <c r="F38">
+        <v>432</v>
+      </c>
+      <c r="G38" t="s">
         <v>168</v>
       </c>
-      <c r="F38">
-[...2 lines deleted...]
-      <c r="G38" t="s">
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>7</v>
+      </c>
+      <c r="B39" s="1">
+        <v>0.0002</v>
+      </c>
+      <c r="C39" t="s">
         <v>169</v>
+      </c>
+      <c r="D39" t="s">
+        <v>170</v>
+      </c>
+      <c r="E39" t="s">
+        <v>171</v>
+      </c>
+      <c r="F39">
+        <v>108</v>
+      </c>
+      <c r="G39" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>7</v>
+      </c>
+      <c r="B40" t="s" s="1">
+        <v>173</v>
+      </c>
+      <c r="C40" t="s">
+        <v>174</v>
+      </c>
+      <c r="D40" t="s">
+        <v>175</v>
+      </c>
+      <c r="E40" t="s">
+        <v>176</v>
+      </c>
+      <c r="F40">
+        <v>-102</v>
+      </c>
+      <c r="G40" t="s">
+        <v>177</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>