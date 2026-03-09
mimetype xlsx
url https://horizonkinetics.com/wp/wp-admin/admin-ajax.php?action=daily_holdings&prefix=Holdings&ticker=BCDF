--- v2 (2026-01-22)
+++ v3 (2026-03-09)
@@ -9,584 +9,566 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="178" uniqueCount="178">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="172" uniqueCount="172">
   <si>
     <t>Data as of:</t>
   </si>
   <si>
     <t>% Net Assets</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Ticker</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>Shares Held</t>
   </si>
   <si>
     <t>Market Value</t>
   </si>
   <si>
-    <t>01/22/26</t>
+    <t>03/09/26</t>
+  </si>
+  <si>
+    <t>Cboe Global Markets Inc</t>
+  </si>
+  <si>
+    <t>CBOE</t>
+  </si>
+  <si>
+    <t>12503M108</t>
+  </si>
+  <si>
+    <t>5,454</t>
+  </si>
+  <si>
+    <t>$1,643,127</t>
   </si>
   <si>
     <t>Urbana Corp</t>
   </si>
   <si>
     <t>URB/A CN</t>
   </si>
   <si>
     <t>B1N4CX2</t>
   </si>
   <si>
     <t>243,490</t>
   </si>
   <si>
-    <t>$1,672,852</t>
-[...14 lines deleted...]
-    <t>$1,491,233</t>
+    <t>$1,527,900</t>
+  </si>
+  <si>
+    <t>US BANK MMDA - USBGFS 7 06/01/2031</t>
+  </si>
+  <si>
+    <t>USBGFS7</t>
+  </si>
+  <si>
+    <t>8AMMF0FT3</t>
+  </si>
+  <si>
+    <t>1,403,257</t>
+  </si>
+  <si>
+    <t>$1,403,257</t>
+  </si>
+  <si>
+    <t>Singapore Exchange Ltd</t>
+  </si>
+  <si>
+    <t>SGX SP</t>
+  </si>
+  <si>
+    <t>86,820</t>
+  </si>
+  <si>
+    <t>$1,209,122</t>
+  </si>
+  <si>
+    <t>CACI International Inc</t>
+  </si>
+  <si>
+    <t>CACI</t>
+  </si>
+  <si>
+    <t>1,880</t>
+  </si>
+  <si>
+    <t>$1,158,080</t>
+  </si>
+  <si>
+    <t>Intercontinental Exchange Inc</t>
+  </si>
+  <si>
+    <t>ICE</t>
+  </si>
+  <si>
+    <t>45866F104</t>
+  </si>
+  <si>
+    <t>6,697</t>
+  </si>
+  <si>
+    <t>$1,112,974</t>
+  </si>
+  <si>
+    <t>TMX Group Ltd</t>
+  </si>
+  <si>
+    <t>X CN</t>
+  </si>
+  <si>
+    <t>B8KH5G7</t>
+  </si>
+  <si>
+    <t>31,947</t>
+  </si>
+  <si>
+    <t>$1,097,764</t>
   </si>
   <si>
     <t>Nasdaq Inc</t>
   </si>
   <si>
     <t>NDAQ</t>
   </si>
   <si>
-    <t>12,534</t>
-[...71 lines deleted...]
-    <t>$1,148,086</t>
+    <t>11,556</t>
+  </si>
+  <si>
+    <t>$1,021,897</t>
+  </si>
+  <si>
+    <t>Deutsche Boerse AG</t>
+  </si>
+  <si>
+    <t>DB1 GR</t>
+  </si>
+  <si>
+    <t>3,541</t>
+  </si>
+  <si>
+    <t>$992,597</t>
+  </si>
+  <si>
+    <t>Hawaiian Electric Industries Inc</t>
+  </si>
+  <si>
+    <t>HE</t>
+  </si>
+  <si>
+    <t>63,080</t>
+  </si>
+  <si>
+    <t>$941,154</t>
+  </si>
+  <si>
+    <t>Japan Exchange Group Inc</t>
+  </si>
+  <si>
+    <t>8697 JP</t>
+  </si>
+  <si>
+    <t>71,604</t>
+  </si>
+  <si>
+    <t>$927,792</t>
+  </si>
+  <si>
+    <t>WisdomTree Inc</t>
+  </si>
+  <si>
+    <t>WT</t>
+  </si>
+  <si>
+    <t>97717P104</t>
+  </si>
+  <si>
+    <t>45,360</t>
+  </si>
+  <si>
+    <t>$753,883</t>
+  </si>
+  <si>
+    <t>Miami International Holdings Inc</t>
+  </si>
+  <si>
+    <t>MIAX</t>
+  </si>
+  <si>
+    <t>59356Q108</t>
+  </si>
+  <si>
+    <t>18,347</t>
+  </si>
+  <si>
+    <t>$751,860</t>
+  </si>
+  <si>
+    <t>Landbridge Co LLC</t>
+  </si>
+  <si>
+    <t>LB</t>
+  </si>
+  <si>
+    <t>10,328</t>
+  </si>
+  <si>
+    <t>$747,644</t>
+  </si>
+  <si>
+    <t>Tradeweb Markets Inc</t>
+  </si>
+  <si>
+    <t>TW</t>
+  </si>
+  <si>
+    <t>5,283</t>
+  </si>
+  <si>
+    <t>$658,209</t>
   </si>
   <si>
     <t>Galaxy Digital Inc</t>
   </si>
   <si>
     <t>GLXY</t>
   </si>
   <si>
     <t>36317J209</t>
   </si>
   <si>
     <t>31,691</t>
   </si>
   <si>
-    <t>$1,028,373</t>
-[...65 lines deleted...]
-    <t>$715,100</t>
+    <t>$651,409</t>
+  </si>
+  <si>
+    <t>ASX Ltd</t>
+  </si>
+  <si>
+    <t>ASX AU</t>
+  </si>
+  <si>
+    <t>16,659</t>
+  </si>
+  <si>
+    <t>$616,157</t>
+  </si>
+  <si>
+    <t>London Stock Exchange Group PLC</t>
+  </si>
+  <si>
+    <t>LSEG LN</t>
+  </si>
+  <si>
+    <t>B0SWJX3</t>
+  </si>
+  <si>
+    <t>4,674</t>
+  </si>
+  <si>
+    <t>$548,993</t>
   </si>
   <si>
     <t>Science Applications International Corp</t>
   </si>
   <si>
     <t>SAIC</t>
   </si>
   <si>
     <t>5,757</t>
   </si>
   <si>
-    <t>$626,016</t>
-[...50 lines deleted...]
-    <t>$548,085</t>
+    <t>$549,218</t>
+  </si>
+  <si>
+    <t>CME Group Inc</t>
+  </si>
+  <si>
+    <t>CME</t>
+  </si>
+  <si>
+    <t>12572Q105</t>
+  </si>
+  <si>
+    <t>1,708</t>
+  </si>
+  <si>
+    <t>$541,607</t>
   </si>
   <si>
     <t>OTC Markets Group Inc</t>
   </si>
   <si>
     <t>OTCM</t>
   </si>
   <si>
     <t>67106F108</t>
   </si>
   <si>
     <t>8,832</t>
   </si>
   <si>
-    <t>$482,669</t>
-[...14 lines deleted...]
-    <t>$476,652</t>
+    <t>$479,136</t>
+  </si>
+  <si>
+    <t>MarketAxess Holdings Inc</t>
+  </si>
+  <si>
+    <t>MKTX</t>
+  </si>
+  <si>
+    <t>57060D108</t>
+  </si>
+  <si>
+    <t>2,054</t>
+  </si>
+  <si>
+    <t>$382,270</t>
   </si>
   <si>
     <t>Broadridge Financial Solutions Inc</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>11133T103</t>
   </si>
   <si>
     <t>1,917</t>
   </si>
   <si>
-    <t>$396,541</t>
-[...14 lines deleted...]
-    <t>$353,144</t>
+    <t>$377,419</t>
   </si>
   <si>
     <t>Euronext NV</t>
   </si>
   <si>
     <t>ENX FP</t>
   </si>
   <si>
     <t>BNBNSG0</t>
   </si>
   <si>
     <t>1,691</t>
   </si>
   <si>
-    <t>$240,229</t>
+    <t>$278,808</t>
+  </si>
+  <si>
+    <t>2ENX IM</t>
+  </si>
+  <si>
+    <t>BMV1H93</t>
+  </si>
+  <si>
+    <t>$161,086</t>
+  </si>
+  <si>
+    <t>Grayscale Bitcoin Mini Trust ETF</t>
+  </si>
+  <si>
+    <t>BTC</t>
+  </si>
+  <si>
+    <t>5,256</t>
+  </si>
+  <si>
+    <t>$158,311</t>
+  </si>
+  <si>
+    <t>IG Port Inc</t>
+  </si>
+  <si>
+    <t>3791 JP</t>
+  </si>
+  <si>
+    <t>B0QJFC7</t>
+  </si>
+  <si>
+    <t>15,880</t>
+  </si>
+  <si>
+    <t>$138,148</t>
+  </si>
+  <si>
+    <t>Toei Animation Co Ltd</t>
+  </si>
+  <si>
+    <t>4816 JP</t>
+  </si>
+  <si>
+    <t>8,570</t>
+  </si>
+  <si>
+    <t>$138,234</t>
   </si>
   <si>
     <t>Bakkt Inc</t>
   </si>
   <si>
     <t>BKKT</t>
   </si>
   <si>
     <t>05759B305</t>
   </si>
   <si>
     <t>14,522</t>
   </si>
   <si>
-    <t>$236,781</t>
-[...11 lines deleted...]
-    <t>$209,609</t>
+    <t>$134,909</t>
+  </si>
+  <si>
+    <t>NZX Ltd</t>
+  </si>
+  <si>
+    <t>NZX NZ</t>
+  </si>
+  <si>
+    <t>115,710</t>
+  </si>
+  <si>
+    <t>$98,099</t>
+  </si>
+  <si>
+    <t>Booz Allen Hamilton Holding Corp</t>
+  </si>
+  <si>
+    <t>BAH</t>
+  </si>
+  <si>
+    <t>099502106</t>
+  </si>
+  <si>
+    <t>1,041</t>
+  </si>
+  <si>
+    <t>$85,247</t>
+  </si>
+  <si>
+    <t>Circle Internet Group Inc</t>
+  </si>
+  <si>
+    <t>CRCL</t>
+  </si>
+  <si>
+    <t>$22,013</t>
   </si>
   <si>
     <t>Cash &amp; Other</t>
   </si>
   <si>
     <t>Cash&amp;Other</t>
   </si>
   <si>
-    <t>179,833</t>
-[...74 lines deleted...]
-    <t>$15,700</t>
+    <t>19,992</t>
+  </si>
+  <si>
+    <t>$19,992</t>
+  </si>
+  <si>
+    <t>Fermi Inc</t>
+  </si>
+  <si>
+    <t>FRMI</t>
+  </si>
+  <si>
+    <t>1,832</t>
+  </si>
+  <si>
+    <t>$14,674</t>
   </si>
   <si>
     <t>IREN Ltd</t>
   </si>
   <si>
     <t>IREN</t>
   </si>
   <si>
     <t>Q4982L109</t>
   </si>
   <si>
-    <t>$11,552</t>
-[...29 lines deleted...]
-    <t>$3,905</t>
+    <t>$7,927</t>
   </si>
   <si>
     <t>Tel Aviv Stock Exchange Ltd</t>
   </si>
   <si>
     <t>TASE IT</t>
   </si>
   <si>
     <t>BK5HCP4</t>
   </si>
   <si>
-    <t>$3,985</t>
-[...14 lines deleted...]
-    <t>$-119</t>
+    <t>$5,685</t>
+  </si>
+  <si>
+    <t>CANADIAN DOLLAR</t>
+  </si>
+  <si>
+    <t>CAD</t>
+  </si>
+  <si>
+    <t>CASHCAD</t>
+  </si>
+  <si>
+    <t>5,750</t>
+  </si>
+  <si>
+    <t>$4,220</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="1">
     <fill>
       <patternFill patternType="none"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
@@ -594,975 +576,929 @@
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:I40"/>
+  <dimension ref="A1:I38"/>
   <cols>
     <col min="1" max="1" width="12"/>
     <col min="2" max="2" width="13"/>
-    <col min="3" max="3" width="46"/>
+    <col min="3" max="3" width="40"/>
     <col min="4" max="4" width="11"/>
     <col min="5" max="5" width="11"/>
     <col min="6" max="6" width="12"/>
     <col min="7" max="7" width="13"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" s="1">
-        <v>0.0776</v>
+        <v>0.0769</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s" s="2">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3" s="1">
-        <v>0.0691</v>
+        <v>0.0715</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>14</v>
       </c>
       <c r="E3" t="s">
         <v>15</v>
       </c>
       <c r="F3" t="s" s="2">
         <v>16</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4" s="1">
-        <v>0.0574</v>
+        <v>0.0657</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="E4">
-        <v>631103108</v>
+      <c r="E4" t="s">
+        <v>20</v>
       </c>
       <c r="F4" t="s" s="2">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>7</v>
       </c>
       <c r="B5" s="1">
-        <v>0.0553</v>
+        <v>0.0566</v>
       </c>
       <c r="C5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D5" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="E5" t="s">
         <v>24</v>
+      </c>
+      <c r="E5">
+        <v>6303866</v>
       </c>
       <c r="F5" t="s" s="2">
         <v>25</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>7</v>
       </c>
       <c r="B6" s="1">
-        <v>0.0552</v>
+        <v>0.0542</v>
       </c>
       <c r="C6" t="s">
         <v>27</v>
       </c>
       <c r="D6" t="s">
         <v>28</v>
       </c>
       <c r="E6">
         <v>127190304</v>
       </c>
       <c r="F6" t="s" s="2">
         <v>29</v>
       </c>
       <c r="G6" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>7</v>
       </c>
       <c r="B7" s="1">
-        <v>0.0543</v>
+        <v>0.0521</v>
       </c>
       <c r="C7" t="s">
         <v>31</v>
       </c>
       <c r="D7" t="s">
         <v>32</v>
       </c>
-      <c r="E7">
-        <v>6303866</v>
+      <c r="E7" t="s">
+        <v>33</v>
       </c>
       <c r="F7" t="s" s="2">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>7</v>
       </c>
       <c r="B8" s="1">
-        <v>0.0534</v>
+        <v>0.0514</v>
       </c>
       <c r="C8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D8" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E8" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F8" t="s" s="2">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="G8" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="1">
-        <v>0.0532</v>
+        <v>0.0478</v>
       </c>
       <c r="C9" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D9" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="E9" t="s">
         <v>42</v>
+      </c>
+      <c r="E9">
+        <v>631103108</v>
       </c>
       <c r="F9" t="s" s="2">
         <v>43</v>
       </c>
       <c r="G9" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="1">
-        <v>0.0477</v>
+        <v>0.0465</v>
       </c>
       <c r="C10" t="s">
         <v>45</v>
       </c>
       <c r="D10" t="s">
         <v>46</v>
       </c>
-      <c r="E10" t="s">
+      <c r="E10">
+        <v>7021963</v>
+      </c>
+      <c r="F10" t="s" s="2">
         <v>47</v>
       </c>
-      <c r="F10" t="s" s="2">
+      <c r="G10" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>7</v>
       </c>
       <c r="B11" s="1">
-        <v>0.0431</v>
+        <v>0.0441</v>
       </c>
       <c r="C11" t="s">
+        <v>49</v>
+      </c>
+      <c r="D11" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="E11">
         <v>419870100</v>
       </c>
       <c r="F11" t="s" s="2">
+        <v>51</v>
+      </c>
+      <c r="G11" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>7</v>
       </c>
       <c r="B12" s="1">
-        <v>0.0402</v>
+        <v>0.0434</v>
       </c>
       <c r="C12" t="s">
+        <v>53</v>
+      </c>
+      <c r="D12" t="s">
         <v>54</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12">
+        <v>6743882</v>
+      </c>
+      <c r="F12" t="s" s="2">
         <v>55</v>
       </c>
-      <c r="E12">
-[...2 lines deleted...]
-      <c r="F12" t="s" s="2">
+      <c r="G12" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="1">
-        <v>0.0374</v>
+        <v>0.0353</v>
       </c>
       <c r="C13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D13" t="s">
         <v>58</v>
       </c>
-      <c r="D13" t="s">
+      <c r="E13" t="s">
         <v>59</v>
       </c>
-      <c r="E13" t="s">
+      <c r="F13" t="s" s="2">
         <v>60</v>
       </c>
-      <c r="F13" t="s" s="2">
+      <c r="G13" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="1">
-        <v>0.0369</v>
+        <v>0.0352</v>
       </c>
       <c r="C14" t="s">
+        <v>62</v>
+      </c>
+      <c r="D14" t="s">
         <v>63</v>
       </c>
-      <c r="D14" t="s">
+      <c r="E14" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>6743882</v>
       </c>
       <c r="F14" t="s" s="2">
         <v>65</v>
       </c>
       <c r="G14" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>7</v>
       </c>
       <c r="B15" s="1">
-        <v>0.0332</v>
+        <v>0.035</v>
       </c>
       <c r="C15" t="s">
         <v>67</v>
       </c>
       <c r="D15" t="s">
         <v>68</v>
       </c>
-      <c r="E15" t="s">
+      <c r="E15">
+        <v>514952100</v>
+      </c>
+      <c r="F15" t="s" s="2">
         <v>69</v>
       </c>
-      <c r="F15" t="s" s="2">
+      <c r="G15" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="1">
-        <v>0.029</v>
+        <v>0.0308</v>
       </c>
       <c r="C16" t="s">
+        <v>71</v>
+      </c>
+      <c r="D16" t="s">
         <v>72</v>
       </c>
-      <c r="D16" t="s">
+      <c r="E16">
+        <v>892672106</v>
+      </c>
+      <c r="F16" t="s" s="2">
         <v>73</v>
       </c>
-      <c r="E16">
-[...2 lines deleted...]
-      <c r="F16" t="s" s="2">
+      <c r="G16" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="1">
-        <v>0.0281</v>
+        <v>0.0305</v>
       </c>
       <c r="C17" t="s">
+        <v>75</v>
+      </c>
+      <c r="D17" t="s">
         <v>76</v>
       </c>
-      <c r="D17" t="s">
+      <c r="E17" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>514952100</v>
       </c>
       <c r="F17" t="s" s="2">
         <v>78</v>
       </c>
       <c r="G17" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="1">
-        <v>0.0279</v>
+        <v>0.0288</v>
       </c>
       <c r="C18" t="s">
         <v>80</v>
       </c>
       <c r="D18" t="s">
         <v>81</v>
       </c>
       <c r="E18">
         <v>6129222</v>
       </c>
       <c r="F18" t="s" s="2">
         <v>82</v>
       </c>
       <c r="G18" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="1">
-        <v>0.0256</v>
+        <v>0.0257</v>
       </c>
       <c r="C19" t="s">
         <v>84</v>
       </c>
       <c r="D19" t="s">
         <v>85</v>
       </c>
       <c r="E19" t="s">
         <v>86</v>
       </c>
       <c r="F19" t="s" s="2">
         <v>87</v>
       </c>
       <c r="G19" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="1">
-        <v>0.0254</v>
+        <v>0.0257</v>
       </c>
       <c r="C20" t="s">
         <v>89</v>
       </c>
       <c r="D20" t="s">
         <v>90</v>
       </c>
       <c r="E20">
-        <v>892672106</v>
+        <v>808625107</v>
       </c>
       <c r="F20" t="s" s="2">
         <v>91</v>
       </c>
       <c r="G20" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="1">
-        <v>0.0224</v>
+        <v>0.0254</v>
       </c>
       <c r="C21" t="s">
         <v>93</v>
       </c>
       <c r="D21" t="s">
         <v>94</v>
       </c>
       <c r="E21" t="s">
         <v>95</v>
       </c>
       <c r="F21" t="s" s="2">
         <v>96</v>
       </c>
       <c r="G21" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="1">
-        <v>0.0221</v>
+        <v>0.0224</v>
       </c>
       <c r="C22" t="s">
         <v>98</v>
       </c>
       <c r="D22" t="s">
         <v>99</v>
       </c>
       <c r="E22" t="s">
         <v>100</v>
       </c>
       <c r="F22" t="s" s="2">
         <v>101</v>
       </c>
       <c r="G22" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="1">
-        <v>0.0184</v>
+        <v>0.0179</v>
       </c>
       <c r="C23" t="s">
         <v>103</v>
       </c>
       <c r="D23" t="s">
         <v>104</v>
       </c>
       <c r="E23" t="s">
         <v>105</v>
       </c>
       <c r="F23" t="s" s="2">
         <v>106</v>
       </c>
       <c r="G23" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>7</v>
       </c>
       <c r="B24" s="1">
-        <v>0.0164</v>
+        <v>0.0177</v>
       </c>
       <c r="C24" t="s">
         <v>108</v>
       </c>
       <c r="D24" t="s">
         <v>109</v>
       </c>
       <c r="E24" t="s">
         <v>110</v>
       </c>
       <c r="F24" t="s" s="2">
         <v>111</v>
       </c>
       <c r="G24" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>7</v>
       </c>
       <c r="B25" s="1">
-        <v>0.0111</v>
+        <v>0.0131</v>
       </c>
       <c r="C25" t="s">
         <v>113</v>
       </c>
       <c r="D25" t="s">
         <v>114</v>
       </c>
       <c r="E25" t="s">
         <v>115</v>
       </c>
       <c r="F25" t="s" s="2">
         <v>116</v>
       </c>
       <c r="G25" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>7</v>
       </c>
       <c r="B26" s="1">
-        <v>0.011</v>
+        <v>0.0075</v>
       </c>
       <c r="C26" t="s">
+        <v>113</v>
+      </c>
+      <c r="D26" t="s">
         <v>118</v>
       </c>
-      <c r="D26" t="s">
+      <c r="E26" t="s">
         <v>119</v>
       </c>
-      <c r="E26" t="s">
+      <c r="F26">
+        <v>977</v>
+      </c>
+      <c r="G26" t="s">
         <v>120</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>7</v>
       </c>
       <c r="B27" s="1">
-        <v>0.0097</v>
+        <v>0.0074</v>
       </c>
       <c r="C27" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="D27" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="E27">
         <v>389930207</v>
       </c>
       <c r="F27" t="s" s="2">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="G27" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>7</v>
       </c>
       <c r="B28" s="1">
-        <v>0.0083</v>
+        <v>0.0065</v>
       </c>
       <c r="C28" t="s">
+        <v>125</v>
+      </c>
+      <c r="D28" t="s">
+        <v>126</v>
+      </c>
+      <c r="E28" t="s">
         <v>127</v>
       </c>
-      <c r="D28" t="s">
+      <c r="F28" t="s" s="2">
         <v>128</v>
       </c>
-      <c r="E28" t="s">
-[...2 lines deleted...]
-      <c r="F28" t="s" s="2">
+      <c r="G28" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>7</v>
       </c>
       <c r="B29" s="1">
-        <v>0.0069</v>
+        <v>0.0065</v>
       </c>
       <c r="C29" t="s">
+        <v>130</v>
+      </c>
+      <c r="D29" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="E29">
         <v>6301871</v>
       </c>
       <c r="F29" t="s" s="2">
+        <v>132</v>
+      </c>
+      <c r="G29" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>7</v>
       </c>
       <c r="B30" s="1">
-        <v>0.0064</v>
+        <v>0.0063</v>
       </c>
       <c r="C30" t="s">
-        <v>113</v>
+        <v>134</v>
       </c>
       <c r="D30" t="s">
         <v>135</v>
       </c>
       <c r="E30" t="s">
         <v>136</v>
       </c>
-      <c r="F30">
-        <v>977</v>
+      <c r="F30" t="s" s="2">
+        <v>137</v>
       </c>
       <c r="G30" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>7</v>
       </c>
       <c r="B31" s="1">
-        <v>0.0059</v>
+        <v>0.0046</v>
       </c>
       <c r="C31" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D31" t="s">
-        <v>139</v>
-[...1 lines deleted...]
-      <c r="E31" t="s">
         <v>140</v>
+      </c>
+      <c r="E31">
+        <v>6623155</v>
       </c>
       <c r="F31" t="s" s="2">
         <v>141</v>
       </c>
       <c r="G31" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>7</v>
       </c>
       <c r="B32" s="1">
-        <v>0.0048</v>
+        <v>0.004</v>
       </c>
       <c r="C32" t="s">
         <v>143</v>
       </c>
       <c r="D32" t="s">
         <v>144</v>
       </c>
-      <c r="E32">
-        <v>6623155</v>
+      <c r="E32" t="s" s="2">
+        <v>145</v>
       </c>
       <c r="F32" t="s" s="2">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="G32" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>7</v>
       </c>
       <c r="B33" s="1">
-        <v>0.0046</v>
+        <v>0.001</v>
       </c>
       <c r="C33" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D33" t="s">
-        <v>148</v>
-[...1 lines deleted...]
-      <c r="E33" t="s" s="2">
         <v>149</v>
       </c>
-      <c r="F33" t="s" s="2">
+      <c r="E33">
+        <v>172573107</v>
+      </c>
+      <c r="F33">
+        <v>216</v>
+      </c>
+      <c r="G33" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>7</v>
       </c>
       <c r="B34" s="1">
-        <v>0.0007</v>
+        <v>0.0009</v>
       </c>
       <c r="C34" t="s">
+        <v>151</v>
+      </c>
+      <c r="D34" t="s">
         <v>152</v>
       </c>
-      <c r="D34" t="s">
+      <c r="E34" t="s">
+        <v>152</v>
+      </c>
+      <c r="F34" t="s" s="2">
         <v>153</v>
-      </c>
-[...4 lines deleted...]
-        <v>216</v>
       </c>
       <c r="G34" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>7</v>
       </c>
       <c r="B35" s="1">
-        <v>0.0005</v>
+        <v>0.0007</v>
       </c>
       <c r="C35" t="s">
         <v>155</v>
       </c>
       <c r="D35" t="s">
         <v>156</v>
       </c>
-      <c r="E35" t="s">
+      <c r="E35">
+        <v>314911108</v>
+      </c>
+      <c r="F35" t="s" s="2">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
       <c r="G35" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>7</v>
       </c>
       <c r="B36" s="1">
-        <v>0.0003</v>
+        <v>0.0004</v>
       </c>
       <c r="C36" t="s">
         <v>159</v>
       </c>
       <c r="D36" t="s">
         <v>160</v>
       </c>
-      <c r="E36">
-        <v>4108278</v>
+      <c r="E36" t="s">
+        <v>161</v>
       </c>
       <c r="F36">
-        <v>812</v>
+        <v>216</v>
       </c>
       <c r="G36" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>7</v>
       </c>
       <c r="B37" s="1">
-        <v>0.0002</v>
+        <v>0.0003</v>
       </c>
       <c r="C37" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D37" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E37" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="F37">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="G37" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>7</v>
       </c>
       <c r="B38" s="1">
         <v>0.0002</v>
       </c>
       <c r="C38" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D38" t="s">
-        <v>167</v>
-[...5 lines deleted...]
-        <v>432</v>
+        <v>168</v>
+      </c>
+      <c r="E38" t="s">
+        <v>169</v>
+      </c>
+      <c r="F38" t="s" s="2">
+        <v>170</v>
       </c>
       <c r="G38" t="s">
-        <v>168</v>
-[...15 lines deleted...]
-      <c r="E39" t="s">
         <v>171</v>
-      </c>
-[...27 lines deleted...]
-        <v>177</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>